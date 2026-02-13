--- v0 (2025-11-01)
+++ v1 (2026-02-13)
@@ -11,177 +11,199 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="3BE682C0" w14:textId="77777777" w:rsidR="001745EB" w:rsidRDefault="001745EB" w:rsidP="001745EB">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3BE682C0" w14:textId="6BFA596D" w:rsidR="001745EB" w:rsidRDefault="00444FCD" w:rsidP="001745EB">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3542865A" w14:textId="77777777" w:rsidR="00741B5A" w:rsidRDefault="00741B5A" w:rsidP="001745EB">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="428EE53D" w14:textId="77777777" w:rsidR="00741B5A" w:rsidRDefault="00741B5A" w:rsidP="001745EB">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75279502" w14:textId="2449BD0E" w:rsidR="001E3450" w:rsidRDefault="005E5F68" w:rsidP="00B7121A">
       <w:pPr>
         <w:pStyle w:val="Heading0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE6793">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">KFE Application Form for </w:t>
       </w:r>
       <w:r w:rsidR="006329D9">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">a Research </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE6793">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Ethics </w:t>
       </w:r>
       <w:r w:rsidR="006329D9">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Review</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="228E721E" w14:textId="49A9F253" w:rsidR="00F0609A" w:rsidRPr="001041B0" w:rsidRDefault="00F0609A" w:rsidP="0075745D">
+    <w:p w14:paraId="228E721E" w14:textId="263DBC97" w:rsidR="00F0609A" w:rsidRPr="001041B0" w:rsidRDefault="00F0609A" w:rsidP="0075745D">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Version </w:t>
       </w:r>
       <w:r w:rsidR="00960ED8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="001041B0">
+      <w:r w:rsidR="00C018DC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>.10.202</w:t>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="006E1047">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.202</w:t>
       </w:r>
       <w:r w:rsidR="00173789">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001041B0">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>isw</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="38A0F456" w14:textId="77777777" w:rsidR="00F0609A" w:rsidRDefault="00F0609A" w:rsidP="0075745D">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F0F4EDB" w14:textId="75EFA478" w:rsidR="0075745D" w:rsidRDefault="00173789" w:rsidP="0075745D">
+    <w:p w14:paraId="3F0F4EDB" w14:textId="45FA184E" w:rsidR="0075745D" w:rsidRDefault="00173789" w:rsidP="0075745D">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="0075745D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">hank you </w:t>
       </w:r>
       <w:r w:rsidR="00960ED8">
         <w:rPr>
@@ -290,51 +312,51 @@
       <w:r w:rsidR="008654F1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>adapted to the new regulations of the Research Ethics Committee KFE (</w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="008654F1" w:rsidRPr="008654F1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>DE</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008654F1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> / </w:t>
+        <w:t>/</w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="008654F1" w:rsidRPr="008654F1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>EN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008654F1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">). If </w:t>
       </w:r>
       <w:r w:rsidR="00AE504C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
@@ -650,51 +672,51 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9918" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2122"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="2835"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0061480F" w:rsidRPr="00914D68" w14:paraId="77FCDA85" w14:textId="77777777" w:rsidTr="00A021ED">
+      <w:tr w:rsidR="0061480F" w:rsidRPr="00BA0A5E" w14:paraId="77FCDA85" w14:textId="77777777" w:rsidTr="00A021ED">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="6A44D662" w14:textId="5EED2965" w:rsidR="0061480F" w:rsidRPr="00007531" w:rsidRDefault="00DE6793" w:rsidP="00BD51B7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007531">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
@@ -1116,51 +1138,51 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Funding scheme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1794663D" w14:textId="227EBDBF" w:rsidR="00C56F3F" w:rsidRPr="00B806D5" w:rsidRDefault="00C56F3F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1500"/>
               </w:tabs>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0002265B" w:rsidRPr="00914D68" w14:paraId="61431049" w14:textId="77777777" w:rsidTr="0007639B">
+      <w:tr w:rsidR="0002265B" w:rsidRPr="00BA0A5E" w14:paraId="61431049" w14:textId="77777777" w:rsidTr="0007639B">
         <w:trPr>
           <w:trHeight w:val="905"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D8A222D" w14:textId="2B6F2305" w:rsidR="00ED6E9C" w:rsidRPr="0094574C" w:rsidRDefault="0002265B">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0094574C">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Stat</w:t>
             </w:r>
             <w:r w:rsidR="007F4D60" w:rsidRPr="0094574C">
@@ -1248,79 +1270,100 @@
             </w:r>
             <w:r w:rsidR="00664008" w:rsidRPr="00B806D5">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">application </w:t>
             </w:r>
             <w:r w:rsidR="0002265B" w:rsidRPr="00B806D5">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">has been </w:t>
             </w:r>
             <w:r w:rsidR="002E256A" w:rsidRPr="00B806D5">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">accepted </w:t>
             </w:r>
             <w:r w:rsidR="007F4D60" w:rsidRPr="00B806D5">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="007F4D60" w:rsidRPr="00B806D5">
+            <w:r w:rsidR="007F4D60" w:rsidRPr="00853F59">
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0033CC"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:sym w:font="Symbol" w:char="F0AE"/>
             </w:r>
-            <w:r w:rsidR="00BD2C5A" w:rsidRPr="00B806D5">
+            <w:r w:rsidR="00BD2C5A" w:rsidRPr="00853F59">
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0033CC"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> A</w:t>
+            </w:r>
+            <w:r w:rsidR="007F4D60" w:rsidRPr="00853F59">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0033CC"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nnex: funding</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD2C5A" w:rsidRPr="00853F59">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0033CC"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> agency</w:t>
+            </w:r>
+            <w:r w:rsidR="007F4D60" w:rsidRPr="00853F59">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0033CC"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> review report</w:t>
             </w:r>
             <w:r w:rsidR="007F4D60" w:rsidRPr="00B806D5">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>nnex: funding</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> review report)</w:t>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6663C46F" w14:textId="43C589B9" w:rsidR="0002265B" w:rsidRPr="00B806D5" w:rsidRDefault="00000000" w:rsidP="0007639B">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1307309785"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="0002265B" w:rsidRPr="00B806D5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
@@ -1331,131 +1374,161 @@
             </w:sdt>
             <w:r w:rsidR="0002265B" w:rsidRPr="00B806D5">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Project is currently under review by </w:t>
             </w:r>
             <w:r w:rsidR="00143054" w:rsidRPr="00B806D5">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">a </w:t>
             </w:r>
             <w:r w:rsidR="0002265B" w:rsidRPr="00B806D5">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>funding agency</w:t>
             </w:r>
             <w:r w:rsidR="007F4D60" w:rsidRPr="00B806D5">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidR="007F4D60" w:rsidRPr="00B806D5">
+            <w:r w:rsidR="007F4D60" w:rsidRPr="00853F59">
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0033CC"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:sym w:font="Symbol" w:char="F0AE"/>
             </w:r>
-            <w:r w:rsidR="001E3450" w:rsidRPr="00B806D5">
+            <w:r w:rsidR="001E3450" w:rsidRPr="00853F59">
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0033CC"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00BD2C5A" w:rsidRPr="00B806D5">
+            <w:r w:rsidR="00BD2C5A" w:rsidRPr="00853F59">
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0033CC"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="007F4D60" w:rsidRPr="00853F59">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0033CC"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nnex: project proposal</w:t>
             </w:r>
             <w:r w:rsidR="007F4D60" w:rsidRPr="00B806D5">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>nnex: project proposal)</w:t>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574DDDCE" w14:textId="6CFAE00F" w:rsidR="0002265B" w:rsidRPr="00B806D5" w:rsidRDefault="00000000" w:rsidP="0007639B">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1101799985"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="0002265B" w:rsidRPr="00B806D5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0002265B" w:rsidRPr="00B806D5">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Project is at a pre-proposal state</w:t>
             </w:r>
             <w:r w:rsidR="00BD2C5A" w:rsidRPr="00B806D5">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidR="00BD2C5A" w:rsidRPr="00B806D5">
+            <w:r w:rsidR="00BD2C5A" w:rsidRPr="00853F59">
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0033CC"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:sym w:font="Symbol" w:char="F0AE"/>
+            </w:r>
+            <w:r w:rsidR="00BD2C5A" w:rsidRPr="00853F59">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0033CC"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Annex: draft project proposal</w:t>
             </w:r>
             <w:r w:rsidR="00BD2C5A" w:rsidRPr="00B806D5">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Annex: draft project proposal)</w:t>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B65FAA" w:rsidRPr="00DF4E0F" w14:paraId="010CD46F" w14:textId="77777777" w:rsidTr="0007639B">
+      <w:tr w:rsidR="00B65FAA" w:rsidRPr="00BA0A5E" w14:paraId="010CD46F" w14:textId="77777777" w:rsidTr="0007639B">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A9D5B39" w14:textId="61807CBA" w:rsidR="00B65FAA" w:rsidRPr="0094574C" w:rsidRDefault="006741BE">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0094574C">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Expected s</w:t>
             </w:r>
             <w:r w:rsidR="00B65FAA" w:rsidRPr="0094574C">
@@ -1812,63 +1885,60 @@
           <w:p w14:paraId="46FCF9E2" w14:textId="1845BEA3" w:rsidR="00312286" w:rsidRPr="00741B5A" w:rsidRDefault="00312286" w:rsidP="00FF032A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00741B5A">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Institutional affiliation (</w:t>
             </w:r>
             <w:r w:rsidR="00165155" w:rsidRPr="00741B5A">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>University/department</w:t>
             </w:r>
             <w:r w:rsidRPr="00741B5A">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59AB24E0" w14:textId="0557A65C" w:rsidR="00B84A59" w:rsidRPr="00B806D5" w:rsidRDefault="002175CC" w:rsidP="00FF032A">
+          <w:p w14:paraId="59AB24E0" w14:textId="268351C3" w:rsidR="00B84A59" w:rsidRPr="00B806D5" w:rsidRDefault="002175CC" w:rsidP="00FF032A">
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B806D5">
               <w:t>E-mail</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B806D5">
-[...1 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E43365" w:rsidRPr="00914D68" w14:paraId="33BA2232" w14:textId="77777777" w:rsidTr="0007639B">
+      <w:tr w:rsidR="00E43365" w:rsidRPr="00BA0A5E" w14:paraId="33BA2232" w14:textId="77777777" w:rsidTr="0007639B">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CDD6420" w14:textId="77777777" w:rsidR="00ED6E9C" w:rsidRPr="00960ED8" w:rsidRDefault="00E43365" w:rsidP="002175CC">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960ED8">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Project </w:t>
             </w:r>
             <w:r w:rsidR="00DE6793" w:rsidRPr="00960ED8">
@@ -2099,51 +2169,51 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>, first name</w:t>
             </w:r>
             <w:r w:rsidR="00165155" w:rsidRPr="00960ED8">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>, institutional affiliation</w:t>
             </w:r>
             <w:r w:rsidR="00ED6E9C" w:rsidRPr="00960ED8">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00113955" w:rsidRPr="00960ED8">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(University/Department)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D48EE" w:rsidRPr="00914D68" w14:paraId="099B4218" w14:textId="77777777" w:rsidTr="0007639B">
+      <w:tr w:rsidR="008D48EE" w:rsidRPr="00BA0A5E" w14:paraId="099B4218" w14:textId="77777777" w:rsidTr="0007639B">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75444C3B" w14:textId="085EDB69" w:rsidR="008D48EE" w:rsidRPr="00960ED8" w:rsidRDefault="008D48EE" w:rsidP="00960ED8">
             <w:r w:rsidRPr="00960ED8">
               <w:t xml:space="preserve">Third </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00960ED8">
               <w:t>party</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00960ED8" w:rsidRPr="00960ED8">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00960ED8">
               <w:t>involvement</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -2152,53 +2222,52 @@
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="57739D2E" w14:textId="77777777" w:rsidR="008D48EE" w:rsidRPr="00960ED8" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="369EEF09" w14:textId="2B33959E" w:rsidR="008D48EE" w:rsidRPr="00960ED8" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
+          <w:p w14:paraId="369EEF09" w14:textId="2B33959E" w:rsidR="008D48EE" w:rsidRPr="00960ED8" w:rsidRDefault="008D48EE" w:rsidP="00BA0A5E">
             <w:pPr>
-              <w:pStyle w:val="NormalinBox"/>
               <w:rPr>
                 <w:color w:val="0000FF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960ED8">
               <w:t>Indicate</w:t>
             </w:r>
             <w:r w:rsidR="00B24122">
               <w:t xml:space="preserve"> and list the </w:t>
             </w:r>
             <w:r w:rsidRPr="00960ED8">
               <w:t>third parties involved in</w:t>
             </w:r>
             <w:r w:rsidR="00B24122">
               <w:t xml:space="preserve"> the project, e.g. </w:t>
             </w:r>
             <w:r w:rsidRPr="00960ED8">
               <w:t>external service providers</w:t>
             </w:r>
             <w:r w:rsidR="00B24122">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00960ED8">
               <w:t>individual facilitators that support you (survey, participant recruitment, data collection, translation or interpretation, analysis, etc.).</w:t>
             </w:r>
@@ -2296,51 +2365,51 @@
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A6A2D5A" w14:textId="640A3423" w:rsidR="002616F8" w:rsidRPr="00E05394" w:rsidRDefault="0024500F" w:rsidP="002616F8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00E05394">
         <w:lastRenderedPageBreak/>
         <w:t>Description of the project</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B9715E7" w14:textId="4D4487DA" w:rsidR="002616F8" w:rsidRPr="00E05394" w:rsidRDefault="0024500F" w:rsidP="008654F1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="999"/>
       </w:pPr>
       <w:r w:rsidRPr="00E05394">
         <w:t>Type of application</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B990452" w14:textId="6E4032CD" w:rsidR="002616F8" w:rsidRDefault="009F78FD" w:rsidP="002616F8">
+    <w:p w14:paraId="3B990452" w14:textId="26E38974" w:rsidR="002616F8" w:rsidRDefault="009F78FD" w:rsidP="002616F8">
       <w:pPr>
         <w:pStyle w:val="NormalinBox"/>
       </w:pPr>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="002616F8">
         <w:t xml:space="preserve">ndicate </w:t>
       </w:r>
       <w:r w:rsidR="00A91319">
         <w:t>whether your project falls under the</w:t>
       </w:r>
       <w:r w:rsidR="00FB01AB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A91319" w:rsidRPr="009F78FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>mandatory review criteria</w:t>
       </w:r>
       <w:r w:rsidR="00A91319" w:rsidRPr="009F78FD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -2392,71 +2461,77 @@
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00A91319">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003075A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00043A23">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="003075A1" w:rsidRPr="003075A1">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve">onsult the </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="003075A1" w:rsidRPr="00914D68">
+        <w:r w:rsidR="003075A1" w:rsidRPr="001571B2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Guidelines (</w:t>
-[...13 lines deleted...]
-          <w:t>)</w:t>
+          <w:t>Guidelines</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="003075A1" w:rsidRPr="001571B2">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003075A1" w:rsidRPr="001571B2">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>Wegleitung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003075A1" w:rsidRPr="001571B2">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
       <w:r w:rsidR="001041B0">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="001041B0" w:rsidRPr="001041B0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>glossary</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003075A1" w:rsidRPr="003075A1">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> for further clarification of the terms.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340EB03E" w14:textId="63878674" w:rsidR="002616F8" w:rsidRPr="009F78FD" w:rsidRDefault="00000000" w:rsidP="002616F8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1152"/>
@@ -2545,51 +2620,51 @@
           <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">namely </w:t>
       </w:r>
       <w:r w:rsidR="00A91319">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">the following </w:t>
       </w:r>
       <w:r w:rsidR="009F78FD" w:rsidRPr="009F78FD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(multiple answers possible): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="328C0D05" w14:textId="21E6B308" w:rsidR="002616F8" w:rsidRPr="00A91319" w:rsidRDefault="00000000" w:rsidP="00A91319">
+    <w:p w14:paraId="328C0D05" w14:textId="64147470" w:rsidR="002616F8" w:rsidRPr="00A91319" w:rsidRDefault="00000000" w:rsidP="00A91319">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="3055"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-1439748999"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
@@ -2598,101 +2673,127 @@
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00A91319">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002616F8" w:rsidRPr="00A91319">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002616F8" w:rsidRPr="00A91319">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>involving minors, vulnerable persons, or persons lacking the capacity to consent</w:t>
+        <w:t xml:space="preserve">involving minors, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="002616F8" w:rsidRPr="00B04639">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>vulnerable persons</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002616F8" w:rsidRPr="00A91319">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, or persons lacking the capacity to consent</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41DC5222" w14:textId="21F22776" w:rsidR="002616F8" w:rsidRPr="00A91319" w:rsidRDefault="00000000" w:rsidP="00A91319">
+    <w:p w14:paraId="41DC5222" w14:textId="1C60D171" w:rsidR="002616F8" w:rsidRPr="00A91319" w:rsidRDefault="00000000" w:rsidP="00A91319">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="3055"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="1691409407"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="002616F8" w:rsidRPr="00A91319">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002616F8" w:rsidRPr="00A91319">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> processing sensitive personal data</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="002616F8" w:rsidRPr="006E1047">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>processing sensitive personal data</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3C47A99C" w14:textId="1E0EA80F" w:rsidR="002616F8" w:rsidRPr="00A91319" w:rsidRDefault="00000000" w:rsidP="00A91319">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="3055"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="1027208896"/>
@@ -2755,51 +2856,51 @@
           <w:r w:rsidR="00A91319">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002616F8" w:rsidRPr="00A91319">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002616F8" w:rsidRPr="00A91319">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>involving significant risks to the environment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="296FE777" w14:textId="5D122E8F" w:rsidR="002616F8" w:rsidRPr="00A91319" w:rsidRDefault="00000000" w:rsidP="00A91319">
+    <w:p w14:paraId="296FE777" w14:textId="678524E0" w:rsidR="002616F8" w:rsidRPr="00A91319" w:rsidRDefault="00000000" w:rsidP="00A91319">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1152"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="671605435"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
@@ -2837,147 +2938,140 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="002616F8" w:rsidRPr="00A91319">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>isk</w:t>
       </w:r>
       <w:r w:rsidR="00C81033">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="002616F8" w:rsidRPr="00A91319">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Research’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="002616F8" w:rsidRPr="00B24122">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>DE</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002616F8" w:rsidRPr="00A91319">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="002616F8" w:rsidRPr="00C70555">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>EN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002616F8" w:rsidRPr="00A91319">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F0E095" w14:textId="77777777" w:rsidR="009F78FD" w:rsidRPr="009F78FD" w:rsidRDefault="009F78FD" w:rsidP="002616F8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1152"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3904DEA2" w14:textId="09363889" w:rsidR="006C2B74" w:rsidRDefault="00000000" w:rsidP="002616F8">
+    <w:p w14:paraId="3904DEA2" w14:textId="2886ABD6" w:rsidR="006C2B74" w:rsidRDefault="00000000" w:rsidP="002616F8">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="1939323482"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="002616F8" w:rsidRPr="009F78FD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002616F8" w:rsidRPr="009F78FD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A91319">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>No, the project does not fall under the mandatory review criteria</w:t>
-      </w:r>
-[...5 lines deleted...]
-        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00394D1B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> it</w:t>
       </w:r>
       <w:r w:rsidR="002616F8" w:rsidRPr="009F78FD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> is submitted for another reason</w:t>
       </w:r>
       <w:r w:rsidR="00394D1B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="631F5050" w14:textId="6A353184" w:rsidR="009F78FD" w:rsidRDefault="009F78FD" w:rsidP="002616F8">
       <w:pPr>
@@ -4239,62 +4333,62 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Prospective or/and </w:t>
       </w:r>
       <w:r w:rsidR="00C023BD">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">etrospective </w:t>
       </w:r>
       <w:r w:rsidR="00C023BD">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00E55F71">
         <w:t>esearch</w:t>
       </w:r>
       <w:r>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FE42E24" w14:textId="2DFC6C20" w:rsidR="00391343" w:rsidRPr="003F4861" w:rsidRDefault="00391343" w:rsidP="00391343">
+    <w:p w14:paraId="0FE42E24" w14:textId="188378B1" w:rsidR="00391343" w:rsidRPr="003F4861" w:rsidRDefault="00391343" w:rsidP="00391343">
       <w:pPr>
         <w:pStyle w:val="NormalinBox"/>
       </w:pPr>
       <w:r w:rsidRPr="003F4861">
         <w:t xml:space="preserve">Indicate whether your research is prospective and/or retrospective </w:t>
       </w:r>
       <w:r w:rsidRPr="003F4861">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t xml:space="preserve">(multiple answers possible). </w:t>
+        <w:t>(multiple answers possible).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FCAE795" w14:textId="4DF17A15" w:rsidR="00391343" w:rsidRPr="002D1932" w:rsidRDefault="00000000" w:rsidP="00391343">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="627436433"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="003F4861" w:rsidRPr="003F4861">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:lang w:val="en-US"/>
@@ -4449,51 +4543,51 @@
       <w:r w:rsidR="00586552">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="007B4944">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B5CD0">
         <w:t>research</w:t>
       </w:r>
       <w:r w:rsidR="00962534">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B4944">
         <w:t>methods</w:t>
       </w:r>
       <w:r w:rsidR="005D5AC8">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="007B4944">
         <w:t>instruments and tools</w:t>
       </w:r>
       <w:r w:rsidR="00FB1D13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C21643A" w14:textId="3803FB2B" w:rsidR="00200415" w:rsidRPr="00135D80" w:rsidRDefault="00AA6494" w:rsidP="007D35FF">
+    <w:p w14:paraId="5C21643A" w14:textId="0B961A81" w:rsidR="00200415" w:rsidRPr="00135D80" w:rsidRDefault="00AA6494" w:rsidP="007D35FF">
       <w:pPr>
         <w:pStyle w:val="NormalinBox"/>
       </w:pPr>
       <w:r w:rsidRPr="007B5CD0">
         <w:t xml:space="preserve">If you engage in </w:t>
       </w:r>
       <w:r w:rsidRPr="007B5CD0">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>prospective</w:t>
       </w:r>
       <w:r w:rsidRPr="007B5CD0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>research, i</w:t>
       </w:r>
       <w:r w:rsidR="00145CE9">
         <w:t>nd</w:t>
       </w:r>
       <w:r w:rsidR="00152F10">
         <w:t>ic</w:t>
       </w:r>
       <w:r w:rsidR="00145CE9">
@@ -4532,245 +4626,253 @@
       <w:r w:rsidR="00CB7B17" w:rsidRPr="00135D80">
         <w:t xml:space="preserve">collect </w:t>
       </w:r>
       <w:r w:rsidR="00CB7B17" w:rsidRPr="00962534">
         <w:t>data</w:t>
       </w:r>
       <w:r w:rsidR="00043A23">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00043A23" w:rsidRPr="00043A23">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>(multiple answers possible)</w:t>
       </w:r>
       <w:r w:rsidR="00CE5F96" w:rsidRPr="00135D80">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00586552" w:rsidRPr="00135D80">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00586552" w:rsidRPr="001041B0">
         <w:rPr>
           <w:color w:val="1313F9"/>
         </w:rPr>
-        <w:t>If you engage in retrospective research only, please move forward to 2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001041B0">
+        <w:t xml:space="preserve">If you engage in retrospective research only, please move forward to </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_2.3.2_Retrospective_research:" w:history="1">
+        <w:r w:rsidR="00586552" w:rsidRPr="00C018DC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidR="001041B0" w:rsidRPr="00C018DC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>.3</w:t>
+        </w:r>
+        <w:r w:rsidR="00135D80" w:rsidRPr="00C018DC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00043A23" w:rsidRPr="001041B0">
         <w:rPr>
           <w:color w:val="1313F9"/>
         </w:rPr>
-        <w:t>.3</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="080EFE75" w14:textId="1B00B0E7" w:rsidR="00200415" w:rsidRPr="00135D80" w:rsidRDefault="00000000" w:rsidP="00200415">
+    <w:p w14:paraId="080EFE75" w14:textId="16E46F1F" w:rsidR="00200415" w:rsidRPr="00135D80" w:rsidRDefault="00000000" w:rsidP="00200415">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="1449590797"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00200415" w:rsidRPr="00135D80">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00200415" w:rsidRPr="00135D80">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Survey </w:t>
+        <w:t xml:space="preserve"> Survey</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42448BDF" w14:textId="18AD0467" w:rsidR="00200415" w:rsidRPr="00135D80" w:rsidRDefault="00000000" w:rsidP="00200415">
+    <w:p w14:paraId="42448BDF" w14:textId="5487C476" w:rsidR="00200415" w:rsidRPr="00135D80" w:rsidRDefault="00000000" w:rsidP="00200415">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-364143507"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00200415" w:rsidRPr="00135D80">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00200415" w:rsidRPr="00135D80">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Individual interviews </w:t>
+        <w:t xml:space="preserve"> Individual interviews</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AB6BAC8" w14:textId="72760EAA" w:rsidR="00200415" w:rsidRPr="00775906" w:rsidRDefault="00000000" w:rsidP="00775906">
+    <w:p w14:paraId="5AB6BAC8" w14:textId="7788D8A7" w:rsidR="00200415" w:rsidRPr="00775906" w:rsidRDefault="00000000" w:rsidP="00775906">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-489564171"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00200415" w:rsidRPr="00135D80">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00200415" w:rsidRPr="00135D80">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00200415" w:rsidRPr="00135D80">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Interview/discussion in (focus) groups </w:t>
+        <w:t>Interview/discussion in (focus) groups</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E911E06" w14:textId="5F4A1AF5" w:rsidR="00200415" w:rsidRPr="005D5AC8" w:rsidRDefault="00000000" w:rsidP="000777A9">
+    <w:p w14:paraId="6E911E06" w14:textId="57EC6D30" w:rsidR="00200415" w:rsidRPr="005D5AC8" w:rsidRDefault="00000000" w:rsidP="000777A9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="2009171681"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00200415">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00200415">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Participant observation </w:t>
+        <w:t xml:space="preserve"> Participant observation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47871004" w14:textId="76DCEEBE" w:rsidR="00BE6378" w:rsidRDefault="00000000" w:rsidP="00BE6378">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-571121717"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
@@ -4850,51 +4952,51 @@
             <w:docPart w:val="2A77B20EE19F42AF9B85BD2172958DBC"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00D2624D" w:rsidRPr="007B5CD0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="19A599D8" w14:textId="77777777" w:rsidR="00D25B14" w:rsidRDefault="00D25B14">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D417CC8" w14:textId="50A3958E" w:rsidR="00CE5F96" w:rsidRDefault="00CE5F96" w:rsidP="00AA6494">
+    <w:p w14:paraId="1521B797" w14:textId="56295D19" w:rsidR="003748C9" w:rsidRPr="00BA0A5E" w:rsidRDefault="00CE5F96" w:rsidP="00BA0A5E">
       <w:pPr>
         <w:pStyle w:val="NormalinBox"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk211349860"/>
       <w:r>
         <w:t xml:space="preserve">Specify </w:t>
       </w:r>
       <w:r w:rsidR="005D5AC8">
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000777A9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>instrument</w:t>
       </w:r>
       <w:r w:rsidR="005D5AC8" w:rsidRPr="000777A9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -4937,81 +5039,50 @@
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (e.g</w:t>
       </w:r>
       <w:r w:rsidR="00586552">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> video/audio recording, photographs, software, equipment, protocols)</w:t>
       </w:r>
       <w:r w:rsidR="005D5AC8">
         <w:t xml:space="preserve"> used to</w:t>
       </w:r>
       <w:r w:rsidR="00135D80">
         <w:t xml:space="preserve"> process </w:t>
       </w:r>
       <w:r w:rsidR="005D5AC8" w:rsidRPr="005169B4">
         <w:t>dat</w:t>
       </w:r>
       <w:r w:rsidR="00C70555">
         <w:t>a</w:t>
       </w:r>
     </w:p>
-    <w:sdt>
-[...29 lines deleted...]
-    </w:sdt>
     <w:p w14:paraId="394A4E61" w14:textId="6D949D6A" w:rsidR="00152F10" w:rsidRPr="00135D80" w:rsidRDefault="00000000" w:rsidP="00152F10">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="1207137868"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00152F10" w:rsidRPr="00135D80">
@@ -5455,186 +5526,204 @@
         <w:sdtPr>
           <w:id w:val="-1868358826"/>
           <w:placeholder>
             <w:docPart w:val="BCF6E738720748028453F44F9D00128D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00012374" w:rsidRPr="007B5CD0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="72E1F52F" w14:textId="39E45761" w:rsidR="007B5CD0" w:rsidRPr="007B5CD0" w:rsidRDefault="007B5CD0" w:rsidP="003748C9">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18189132" w14:textId="7207C53B" w:rsidR="008D48EE" w:rsidRPr="001041B0" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
+    <w:p w14:paraId="18189132" w14:textId="52A90EA3" w:rsidR="008D48EE" w:rsidRPr="001041B0" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:color w:val="1313F9"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001041B0">
         <w:rPr>
           <w:color w:val="1313F9"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Important to note: Participants should be clearly informed in the Information </w:t>
       </w:r>
       <w:r w:rsidR="00605105">
         <w:rPr>
           <w:color w:val="1313F9"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="001041B0">
         <w:rPr>
           <w:color w:val="1313F9"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">etter and Consent Form about the use of AI-tool in the data processing and about the potential risks for their data privacy. </w:t>
+        <w:t>etter and Consent Form about the use of AI-tool</w:t>
+      </w:r>
+      <w:r w:rsidR="00853F59">
+        <w:rPr>
+          <w:color w:val="1313F9"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001041B0">
+        <w:rPr>
+          <w:color w:val="1313F9"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the data processing and about the potential risks for their data privacy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D25AF85" w14:textId="77777777" w:rsidR="002C59B9" w:rsidRPr="002C59B9" w:rsidRDefault="002C59B9" w:rsidP="002C59B9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="0C6E13BF" w14:textId="15E975ED" w:rsidR="00586552" w:rsidRPr="000777A9" w:rsidRDefault="002C59B9" w:rsidP="00B8559A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="1134"/>
       </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_2.3.2_Retrospective_research:"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00C70555">
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00F930F7">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00C70555">
         <w:t xml:space="preserve">.2 </w:t>
       </w:r>
       <w:r w:rsidR="000777A9" w:rsidRPr="00C70555">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00586552" w:rsidRPr="00C70555">
         <w:t>etrospective r</w:t>
       </w:r>
       <w:r w:rsidR="00586552" w:rsidRPr="000777A9">
         <w:t>esearch: Data source</w:t>
       </w:r>
       <w:r w:rsidR="00515CAB" w:rsidRPr="000777A9">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00586552" w:rsidRPr="000777A9">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00515CAB" w:rsidRPr="000777A9">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2257ACE7" w14:textId="59AF026D" w:rsidR="000E3ACA" w:rsidRDefault="000E3ACA" w:rsidP="00E33D08">
+    <w:p w14:paraId="2257ACE7" w14:textId="259DE590" w:rsidR="000E3ACA" w:rsidRDefault="000E3ACA" w:rsidP="00E33D08">
       <w:pPr>
         <w:pStyle w:val="NormalinBox"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B5CD0">
         <w:t xml:space="preserve">If you engage in </w:t>
       </w:r>
       <w:r w:rsidRPr="007B5CD0">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>retrospective</w:t>
       </w:r>
       <w:r w:rsidRPr="007B5CD0">
         <w:t xml:space="preserve"> research</w:t>
       </w:r>
       <w:r w:rsidRPr="000777A9">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E33D08" w:rsidRPr="000777A9">
         <w:t xml:space="preserve"> please outline briefly what kind of retrospective data you</w:t>
       </w:r>
       <w:r w:rsidR="00E33D08" w:rsidRPr="00C70555">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C70555" w:rsidRPr="00C70555">
         <w:t>process</w:t>
       </w:r>
-      <w:r w:rsidR="00E33D08" w:rsidRPr="00C70555">
+      <w:r w:rsidR="00853F59">
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00E33D08" w:rsidRPr="000777A9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E33D08" w:rsidRPr="008631F1">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>(multiple answers possible)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E33D08" w:rsidRPr="008631F1">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>multiple answers possible)</w:t>
       </w:r>
       <w:r w:rsidR="008631F1">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D65C5F1" w14:textId="77777777" w:rsidR="00F930F7" w:rsidRPr="00F930F7" w:rsidRDefault="00F930F7" w:rsidP="00F930F7">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EF9C75A" w14:textId="0A778AD9" w:rsidR="008631F1" w:rsidRPr="000777A9" w:rsidRDefault="00000000" w:rsidP="000C0F48">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -5823,101 +5912,121 @@
         <w:sdtContent>
           <w:r w:rsidR="000C0F48" w:rsidRPr="000777A9">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000C0F48" w:rsidRPr="000777A9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Combination of large datasets of pre-existing or automatically generated data (e.g. big data)</w:t>
       </w:r>
       <w:r w:rsidR="000C0F48" w:rsidRPr="000777A9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DB7BE58" w14:textId="16808BEC" w:rsidR="000C0F48" w:rsidRPr="00F930F7" w:rsidRDefault="00000000" w:rsidP="00F930F7">
+    <w:p w14:paraId="4DB7BE58" w14:textId="06FC43ED" w:rsidR="000C0F48" w:rsidRPr="00F930F7" w:rsidRDefault="00000000" w:rsidP="00F930F7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="2535"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="737288498"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="000C0F48" w:rsidRPr="000777A9">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000C0F48" w:rsidRPr="000777A9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Other</w:t>
       </w:r>
       <w:r w:rsidR="007B5CD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">; </w:t>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5CD0" w:rsidRPr="00C018DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C018DC" w:rsidRPr="00C018DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">please </w:t>
       </w:r>
       <w:r w:rsidR="007B5CD0" w:rsidRPr="007B5CD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>specify:</w:t>
       </w:r>
       <w:r w:rsidR="007B5CD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
@@ -5968,51 +6077,51 @@
       </w:pPr>
       <w:r w:rsidRPr="003748C9">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="001041B0">
         <w:rPr>
           <w:color w:val="1313F9"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>mportant to note: please make sure you have the required permission to use the data (e.g. user agreement) and if applicable whether the relevant consent or authorization has been obtained concerning the reuse of data subjects from the initial data collection.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FA3D294" w14:textId="77777777" w:rsidR="00F930F7" w:rsidRDefault="00F930F7" w:rsidP="00F05F28">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DA447C0" w14:textId="245E90D6" w:rsidR="00F930F7" w:rsidRDefault="00F930F7" w:rsidP="00F930F7">
+    <w:p w14:paraId="026177B5" w14:textId="78973BAA" w:rsidR="00F930F7" w:rsidRPr="00BA0A5E" w:rsidRDefault="00F930F7" w:rsidP="00BA0A5E">
       <w:pPr>
         <w:pStyle w:val="NormalinBox"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Specify the </w:t>
       </w:r>
       <w:r w:rsidRPr="000777A9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>instrument(s)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (e.g. questionnaire) and the </w:t>
       </w:r>
       <w:r w:rsidRPr="00145CE9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>tool</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -6023,81 +6132,50 @@
       </w:r>
       <w:r w:rsidRPr="00145CE9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE5F96">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (e.g. video/audio recording, photographs, software, equipment, protocols) used to process </w:t>
       </w:r>
       <w:r w:rsidRPr="005169B4">
         <w:t>dat</w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
     </w:p>
-    <w:sdt>
-[...29 lines deleted...]
-    </w:sdt>
     <w:p w14:paraId="7039FDE5" w14:textId="2EBC001E" w:rsidR="00F930F7" w:rsidRPr="00135D80" w:rsidRDefault="00000000" w:rsidP="00F930F7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-1200395477"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00F930F7" w:rsidRPr="00135D80">
@@ -6592,66 +6670,57 @@
       <w:r w:rsidR="001041B0">
         <w:rPr>
           <w:color w:val="1313F9"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>acy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01A582E8" w14:textId="38264104" w:rsidR="007B5CD0" w:rsidRPr="007B5CD0" w:rsidRDefault="007B5CD0" w:rsidP="007B5CD0">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1764D424" w14:textId="77777777" w:rsidR="000C0F48" w:rsidRDefault="000C0F48" w:rsidP="000C0F48">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DD244DD" w14:textId="77777777" w:rsidR="002A0365" w:rsidRPr="008C58B5" w:rsidRDefault="002A0365" w:rsidP="002A0365">
+    <w:p w14:paraId="06A8DD95" w14:textId="38F87431" w:rsidR="002A0365" w:rsidRDefault="002A0365" w:rsidP="00853F59">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Data Handling and Management </w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>Data Handling and Management</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="17494405" w14:textId="1B4F2708" w:rsidR="002A0365" w:rsidRPr="003E347C" w:rsidRDefault="00CB4796" w:rsidP="00B8559A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="999"/>
       </w:pPr>
       <w:r>
         <w:t>Collecting</w:t>
       </w:r>
       <w:r w:rsidR="002A0365">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00985075">
         <w:t>data</w:t>
       </w:r>
       <w:r w:rsidR="002A0365">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70C331B4" w14:textId="195EAD69" w:rsidR="002A0365" w:rsidRPr="00985075" w:rsidRDefault="002A0365" w:rsidP="002A0365">
       <w:pPr>
         <w:pStyle w:val="NormalinBox"/>
       </w:pPr>
       <w:r w:rsidRPr="00985075">
         <w:t xml:space="preserve">Specify, whether you </w:t>
@@ -6681,51 +6750,51 @@
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-653536745"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="002A0365" w:rsidRPr="00985075">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002A0365" w:rsidRPr="00985075">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="002A0365" w:rsidRPr="00985075">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Personal data</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002A0365" w:rsidRPr="00985075">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be processed</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B4144A4" w14:textId="3BC3BD9D" w:rsidR="002A0365" w:rsidRDefault="00000000" w:rsidP="002A0365">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="en-US"/>
@@ -6758,119 +6827,113 @@
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25AF0DA3" w14:textId="77777777" w:rsidR="002A0365" w:rsidRDefault="002A0365" w:rsidP="002A0365">
       <w:pPr>
         <w:pStyle w:val="NormalinBox"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47AAFB68" w14:textId="3D35080A" w:rsidR="002A0365" w:rsidRDefault="002A0365" w:rsidP="002A0365">
       <w:pPr>
         <w:pStyle w:val="NormalinBox"/>
       </w:pPr>
       <w:r>
         <w:t>Specify</w:t>
       </w:r>
       <w:r w:rsidR="006F2940">
         <w:t xml:space="preserve"> how the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> data is collected from the start (multiple answers possible)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="057BB2C8" w14:textId="3EA11AD9" w:rsidR="002A0365" w:rsidRDefault="00000000" w:rsidP="002A0365">
+    <w:p w14:paraId="758648A4" w14:textId="03A5CB97" w:rsidR="002A0365" w:rsidRPr="00BA0A5E" w:rsidRDefault="00000000" w:rsidP="002A0365">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:i/>
+          <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-602726131"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="002A0365">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002A0365">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Data is collected anonymized from the start </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002A0365">
+        <w:t xml:space="preserve"> Data is collected anonymized from the start</w:t>
+      </w:r>
+      <w:r w:rsidR="002A0365" w:rsidRPr="00BA0A5E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>(e.g. the owner of the data</w:t>
-[...6 lines deleted...]
-        </w:tabs>
+        <w:t xml:space="preserve"> (e.g. the owner of the data</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0A5E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...3 lines deleted...]
-      <w:r>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A0365" w:rsidRPr="00BA0A5E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...2 lines deleted...]
-        <w:tab/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>being collected cannot be identified from the start)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C00138E" w14:textId="01A216CC" w:rsidR="00B8559A" w:rsidRPr="00B8559A" w:rsidRDefault="00000000" w:rsidP="002A0365">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-667864139"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
@@ -6980,428 +7043,709 @@
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="999"/>
       </w:pPr>
       <w:r w:rsidRPr="00985075">
         <w:t>Data storing and data sharing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="274E1B46" w14:textId="4F5DC064" w:rsidR="002A0365" w:rsidRPr="001644FB" w:rsidRDefault="00CB4796" w:rsidP="001644FB">
       <w:pPr>
         <w:pStyle w:val="NormalinBox"/>
       </w:pPr>
       <w:r>
         <w:t>Indicate</w:t>
       </w:r>
       <w:r w:rsidR="002A0365">
         <w:t xml:space="preserve"> how the different types of data are </w:t>
       </w:r>
       <w:r>
         <w:t>stored</w:t>
       </w:r>
       <w:r w:rsidR="002A0365">
         <w:t xml:space="preserve"> after collection.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A79181B" w14:textId="763051B1" w:rsidR="002A0365" w:rsidRDefault="00000000" w:rsidP="002A0365">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+    <w:p w14:paraId="36CDAD3F" w14:textId="1E332535" w:rsidR="00BA0A5E" w:rsidRPr="00853F59" w:rsidRDefault="00000000" w:rsidP="00853F59">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-298388180"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="002A0365">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002A0365">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Data is stored on secure infrastructure (e.g. cloud services, locally managed servers, encrypted hard drives)</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> Data is stored on secure infrastructure (e.g. cloud services, locally managed servers, encrypted hard drives</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0A5E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04639">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B04639" w:rsidRPr="00041A6D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Please name the infrastructure(s) you intend to use</w:t>
+      </w:r>
+      <w:r w:rsidR="00C1095F" w:rsidRPr="00041A6D">
+        <w:rPr>
+          <w:color w:val="0033CC"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+      <w:r w:rsidR="00853F59">
+        <w:rPr>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="1142701340"/>
+          <w:placeholder>
+            <w:docPart w:val="3AC2676196844D74AE897098D8835B2B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00853F59" w:rsidRPr="00E139E6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="129EAF2F" w14:textId="7B4974D7" w:rsidR="002A0365" w:rsidRDefault="00000000" w:rsidP="002A0365">
-[...4 lines deleted...]
-          <w:i/>
+    <w:p w14:paraId="6CB35CC9" w14:textId="34F2DB5B" w:rsidR="002A0365" w:rsidRPr="004217B8" w:rsidRDefault="00000000" w:rsidP="00C1095F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="110104721"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="002A0365">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002A0365">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Data is </w:t>
       </w:r>
       <w:r w:rsidR="00CB4796">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">stored on less secure infrastructure </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F2940">
+        <w:t>stored on less secure infrastructure</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0A5E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0A5E" w:rsidRPr="00041A6D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00C1095F">
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please provide a </w:t>
+      </w:r>
+      <w:r w:rsidR="006F2940" w:rsidRPr="00041A6D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>detailed description of how data is stored</w:t>
+      </w:r>
+      <w:r w:rsidR="00853F59">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:i/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F2940" w:rsidRPr="00041A6D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:i/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>please address uncertainties about safety of the infrastructure you intend to use</w:t>
+      </w:r>
+      <w:r w:rsidR="00C1095F" w:rsidRPr="00041A6D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:i/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="004217B8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:i/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="-1875688699"/>
+          <w:placeholder>
+            <w:docPart w:val="4EB662E7061C4001A9D86442CE299F1B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="004217B8" w:rsidRPr="00E139E6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="6CB35CC9" w14:textId="08777750" w:rsidR="002A0365" w:rsidRDefault="002A0365" w:rsidP="00C1095F">
+    <w:p w14:paraId="743B53B0" w14:textId="77777777" w:rsidR="00C018DC" w:rsidRDefault="00C018DC" w:rsidP="00C1095F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37FB8C7F" w14:textId="5816FBD1" w:rsidR="002A0365" w:rsidRPr="00DE2CB2" w:rsidRDefault="002A0365" w:rsidP="002A0365">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="1313F9"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE2CB2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="1313F9"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Important to note: Please check t</w:t>
       </w:r>
       <w:r w:rsidR="00CB4796" w:rsidRPr="00DE2CB2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="1313F9"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE2CB2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="1313F9"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">RDM resources on </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00DE2CB2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:color w:val="1313F9"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Data Storage</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4F51F9C5" w14:textId="77777777" w:rsidR="002A0365" w:rsidRDefault="002A0365" w:rsidP="001644FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="7A248E0A" w14:textId="77777777" w:rsidR="00BA0A5E" w:rsidRDefault="00BA0A5E" w:rsidP="001644FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="16E7CF2A" w14:textId="5720F179" w:rsidR="002A0365" w:rsidRPr="00C01407" w:rsidRDefault="002A0365" w:rsidP="002A0365">
       <w:pPr>
         <w:pStyle w:val="NormalinBox"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00CB4796">
         <w:t>ndicate if and how data is shared</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56033481" w14:textId="40EEF23E" w:rsidR="002A0365" w:rsidRDefault="00000000" w:rsidP="002A0365">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+    <w:p w14:paraId="5F7D7FC6" w14:textId="1795D9EE" w:rsidR="00BA0A5E" w:rsidRPr="00041A6D" w:rsidRDefault="00000000" w:rsidP="00041A6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-704094654"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="002A0365">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002A0365">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Data is shared with people outside the research team through secure means</w:t>
       </w:r>
-      <w:r w:rsidR="006F2940">
-[...5 lines deleted...]
-      <w:r w:rsidR="002A0365">
+      <w:r w:rsidR="00BA0A5E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0A5E" w:rsidRPr="00041A6D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please provide a </w:t>
+      </w:r>
+      <w:r w:rsidR="002A0365" w:rsidRPr="00041A6D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>(detailed description of how you exchange data outside the University of Basel, please also indicate if you are unsure about the safety of the exchange method)</w:t>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">detailed description of </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0A5E" w:rsidRPr="00041A6D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BA0A5E" w:rsidRPr="00041A6D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>techniques</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BA0A5E" w:rsidRPr="00041A6D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> safety measures taken for </w:t>
+      </w:r>
+      <w:r w:rsidR="002A0365" w:rsidRPr="00041A6D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>exchang</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0A5E" w:rsidRPr="00041A6D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="002A0365" w:rsidRPr="00041A6D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data outside the University of Basel</w:t>
       </w:r>
       <w:r w:rsidR="002A0365">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+      <w:r w:rsidR="00041A6D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="1965234897"/>
+          <w:placeholder>
+            <w:docPart w:val="2BBA8AA31B914BE5832A8C902BBEC777"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00041A6D" w:rsidRPr="00E139E6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
     <w:p w14:paraId="4A25E765" w14:textId="55481262" w:rsidR="002D1932" w:rsidRPr="002D1932" w:rsidRDefault="002D1932" w:rsidP="002A0365">
       <w:pPr>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D1932">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
       <w:r w:rsidRPr="002D1932">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Data is not shared with people outside the research team</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78730414" w14:textId="71FA1C15" w:rsidR="00CB4796" w:rsidRPr="00CB4796" w:rsidRDefault="00000000" w:rsidP="00CB4796">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+    <w:p w14:paraId="54C41632" w14:textId="77777777" w:rsidR="00041A6D" w:rsidRDefault="00000000" w:rsidP="00041A6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="1737353431"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="002A0365">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002A0365">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk211351535"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk211351535"/>
       <w:r w:rsidR="002A0365">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Access to data is protected by technical and organi</w:t>
       </w:r>
       <w:r w:rsidR="00012374">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidR="002A0365">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">ational means </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002A0365">
+        <w:t>ational means</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0A5E" w:rsidRPr="00125566">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Please provide </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0A5E" w:rsidRPr="00125566">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>(detailed description incl. rights management)</w:t>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="002A0365" w:rsidRPr="00125566">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>detailed description incl. rights management</w:t>
       </w:r>
       <w:r w:rsidR="002A0365">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+      <w:r w:rsidR="00041A6D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="1967467429"/>
+          <w:placeholder>
+            <w:docPart w:val="3EC29DEE0E104829B5C148D88ACD6F8D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00041A6D" w:rsidRPr="00E139E6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+    <w:p w14:paraId="3BD33138" w14:textId="77777777" w:rsidR="00C018DC" w:rsidRDefault="00C018DC" w:rsidP="00041A6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="383B08FB" w14:textId="49761084" w:rsidR="006F2940" w:rsidRPr="00DE2CB2" w:rsidRDefault="006F2940" w:rsidP="006F2940">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="1313F9"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE2CB2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="1313F9"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Important to note: Please check the RDM resources on </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00DE2CB2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:color w:val="1313F9"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Data Sharing with external collaborators</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4BD45369" w14:textId="77777777" w:rsidR="006F2940" w:rsidRDefault="006F2940" w:rsidP="006F2940">
       <w:pPr>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B13ABC6" w14:textId="77777777" w:rsidR="002A0365" w:rsidRDefault="002A0365" w:rsidP="002A0365">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -7420,510 +7764,615 @@
       </w:r>
       <w:r w:rsidRPr="00605105">
         <w:t xml:space="preserve">rchiving after </w:t>
       </w:r>
       <w:r w:rsidR="00012374" w:rsidRPr="00605105">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00605105">
         <w:t xml:space="preserve">roject </w:t>
       </w:r>
       <w:r w:rsidR="00012374" w:rsidRPr="005826B2">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="005826B2">
         <w:t>ompletion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57699B76" w14:textId="77777777" w:rsidR="002A0365" w:rsidRPr="00C01407" w:rsidRDefault="002A0365" w:rsidP="002A0365">
       <w:pPr>
         <w:pStyle w:val="NormalinBox"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Explain what happens with the collected data once the project is completed. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="097DD337" w14:textId="77777777" w:rsidR="002A0365" w:rsidRDefault="002A0365" w:rsidP="001644FB">
+    <w:p w14:paraId="097DD337" w14:textId="3AF5B6A6" w:rsidR="002A0365" w:rsidRDefault="002A0365" w:rsidP="001644FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>☐</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Data is deleted </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00172CDE">
+        <w:t xml:space="preserve"> Data is deleted</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0A5E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0A5E" w:rsidRPr="00125566">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...69 lines deleted...]
-      <w:r w:rsidRPr="00C44A07">
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00125566">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...52 lines deleted...]
-        <w:t>)</w:t>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lease indicate the timeframe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0A5E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...123 lines deleted...]
-          <w:r w:rsidRPr="00C1095F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1305355418"/>
+          <w:placeholder>
+            <w:docPart w:val="E9ECEAC0839F4D63B7DC1890C2A6993E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00BA0A5E" w:rsidRPr="007B5CD0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
-        </w:p>
-[...2 lines deleted...]
-    <w:p w14:paraId="2B53E530" w14:textId="77777777" w:rsidR="002A0365" w:rsidRPr="00DE2CB2" w:rsidRDefault="002A0365" w:rsidP="002A0365">
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="3B1C9430" w14:textId="2B49644F" w:rsidR="002A0365" w:rsidRDefault="002A0365" w:rsidP="001644FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Data is fully anonymi</w:t>
+      </w:r>
+      <w:r w:rsidR="00012374">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ed and will be stored for long</w:t>
+      </w:r>
+      <w:r w:rsidR="00012374">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>term preservation e.g. in a repository</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0A5E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0A5E" w:rsidRPr="00BA0A5E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0A5E" w:rsidRPr="00125566">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00125566">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lease outline in detail what data, which repository/storage place etc</w:t>
+      </w:r>
+      <w:r w:rsidR="002201AF" w:rsidRPr="00BA0A5E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA0A5E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1725105453"/>
+          <w:placeholder>
+            <w:docPart w:val="B6DC8ABAF21240FDBC4673F74574F627"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00BA0A5E" w:rsidRPr="007B5CD0">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="526DB98C" w14:textId="36991F0F" w:rsidR="002A0365" w:rsidRDefault="002A0365" w:rsidP="002A0365">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Data is published fully </w:t>
+      </w:r>
+      <w:r w:rsidR="002201AF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>anonymized</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1C00" w:rsidRPr="00125566">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00125566">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lease explain in detail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1C00">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1C00">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-175273030"/>
+          <w:placeholder>
+            <w:docPart w:val="84556BFBF8714FCCB8224E23B42BE312"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00BC1C00" w:rsidRPr="007B5CD0">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="3D48C254" w14:textId="769D5749" w:rsidR="002A0365" w:rsidRDefault="002A0365" w:rsidP="002A0365">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Other</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1C00">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1C00" w:rsidRPr="00BC1C00">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1C00" w:rsidRPr="00125566">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00125566">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lease explain in detail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1C00">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1C00">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="177318260"/>
+          <w:placeholder>
+            <w:docPart w:val="6BE84DDB787E4632B19DCA4277FA57F3"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00BC1C00" w:rsidRPr="007B5CD0">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="1B68B745" w14:textId="77777777" w:rsidR="00C018DC" w:rsidRPr="00BC1C00" w:rsidRDefault="00C018DC" w:rsidP="002A0365">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B53E530" w14:textId="754A3AC2" w:rsidR="002A0365" w:rsidRPr="00DE2CB2" w:rsidRDefault="002A0365" w:rsidP="002A0365">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:color w:val="1313F9"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE2CB2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="1313F9"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Important to note: </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE2CB2">
         <w:rPr>
           <w:color w:val="1313F9"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">For information on Best Practices in data archiving after project completion, check the RDM fact sheet </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId20" w:history="1">
+        <w:t xml:space="preserve">For information on </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1C00">
+        <w:rPr>
+          <w:color w:val="1313F9"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE2CB2">
+        <w:rPr>
+          <w:color w:val="1313F9"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">est </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1C00">
+        <w:rPr>
+          <w:color w:val="1313F9"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE2CB2">
+        <w:rPr>
+          <w:color w:val="1313F9"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ractices in data archiving after project completion, check the RDM fact sheet </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00DE2CB2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="1313F9"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Data Archiving after Project Completion</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5C2E1B0A" w14:textId="77777777" w:rsidR="00CF3473" w:rsidRDefault="00CF3473" w:rsidP="00CF3473">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6904E711" w14:textId="77777777" w:rsidR="002A0365" w:rsidRDefault="002A0365" w:rsidP="00CF3473">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F14DFBF" w14:textId="77777777" w:rsidR="00DE2CB2" w:rsidRDefault="008D48EE" w:rsidP="00DE2CB2">
+    <w:p w14:paraId="3F14DFBF" w14:textId="63D60680" w:rsidR="00DE2CB2" w:rsidRDefault="008D48EE" w:rsidP="00DE2CB2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE2CB2">
         <w:t>Participants</w:t>
       </w:r>
-      <w:r w:rsidR="003F2EAF" w:rsidRPr="00DE2CB2">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="568743D3" w14:textId="7B4D62A3" w:rsidR="00DE2CB2" w:rsidRPr="00D2624D" w:rsidRDefault="00DE2CB2" w:rsidP="001644FB">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7EEB190D" w14:textId="24C4518A" w:rsidR="008D48EE" w:rsidRDefault="00DE2CB2" w:rsidP="004217B8">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="1313F9"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2624D">
         <w:rPr>
           <w:color w:val="1313F9"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">If your research project does not involve human participants, please move forward to </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1C00">
+        <w:rPr>
+          <w:color w:val="1313F9"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chapter </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Research_ethics_issues" w:history="1">
         <w:r w:rsidRPr="00457C3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001644FB" w:rsidRPr="00D2624D">
         <w:rPr>
           <w:color w:val="1313F9"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EEB190D" w14:textId="1E41DEC7" w:rsidR="008D48EE" w:rsidRPr="00DE2CB2" w:rsidRDefault="008D48EE" w:rsidP="00DE2CB2">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="2BC2987F" w14:textId="77777777" w:rsidR="004217B8" w:rsidRPr="004217B8" w:rsidRDefault="004217B8" w:rsidP="004217B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C2D1710" w14:textId="793D2AE1" w:rsidR="008D48EE" w:rsidRDefault="008D48EE" w:rsidP="002201AF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="999"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Inclusion and </w:t>
       </w:r>
       <w:r w:rsidR="00457C3B">
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">xclusion </w:t>
       </w:r>
       <w:r w:rsidR="00457C3B">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t>riteria</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08DA86B9" w14:textId="2973C59C" w:rsidR="008D48EE" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
+    <w:p w14:paraId="08DA86B9" w14:textId="1614F814" w:rsidR="008D48EE" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
       <w:pPr>
         <w:pStyle w:val="NormalinBox"/>
       </w:pPr>
       <w:r>
         <w:t>List details such as age, sex, ethnic/socio-demographic background, etc. under which a participant is considered suitable to participate in the research project. Make a statement on the vulnerability of participants.</w:t>
       </w:r>
       <w:r w:rsidR="00DE2CB2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DE2CB2" w:rsidRPr="00AD5AFA">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>(max. 2000 characters with spaces).</w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:id w:val="-724765676"/>
         <w:placeholder>
           <w:docPart w:val="8C5D3ACB32184C07BDE1C26534EA9595"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w14:paraId="426F2CBE" w14:textId="77777777" w:rsidR="008D48EE" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
           <w:pPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E139E6">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
@@ -7932,62 +8381,74 @@
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="3E143E14" w14:textId="77777777" w:rsidR="008D48EE" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="299E62ED" w14:textId="1B07B0F5" w:rsidR="008D48EE" w:rsidRDefault="008D48EE" w:rsidP="002201AF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="999"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sample </w:t>
       </w:r>
       <w:r w:rsidR="00457C3B">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t>ize</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C45F9E3" w14:textId="77777777" w:rsidR="008D48EE" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
+    <w:p w14:paraId="3C45F9E3" w14:textId="44C27ECF" w:rsidR="008D48EE" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
       <w:pPr>
         <w:pStyle w:val="NormalinBox"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Specify the number of participants enrolled in the sample(s) of your project </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD5AFA">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>(max. 2000 characters with spaces).</w:t>
+        <w:t>(max. 2000 characters with</w:t>
+      </w:r>
+      <w:r w:rsidR="004217B8">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD5AFA">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>spaces).</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:id w:val="-1471902593"/>
         <w:placeholder>
           <w:docPart w:val="9BD88AD598D74D5AB7ED9996C313FD17"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w14:paraId="6390407F" w14:textId="77777777" w:rsidR="008D48EE" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
           <w:pPr>
             <w:rPr>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
@@ -8081,62 +8542,59 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="77E6C2B2" w14:textId="77777777" w:rsidR="008D48EE" w:rsidRPr="00E139E6" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3448"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AC82417" w14:textId="3EBF7954" w:rsidR="008D48EE" w:rsidRDefault="008D48EE" w:rsidP="002201AF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="999"/>
       </w:pPr>
       <w:r>
         <w:t>Participant information and Informed Consent Form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5727690A" w14:textId="75982422" w:rsidR="008D48EE" w:rsidRPr="00D2624D" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
+    <w:p w14:paraId="5727690A" w14:textId="2AA36157" w:rsidR="008D48EE" w:rsidRPr="00D2624D" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
       <w:pPr>
         <w:pStyle w:val="NormalinBox"/>
       </w:pPr>
       <w:r>
-        <w:t>We recommend using th</w:t>
-[...5 lines deleted...]
-        <w:r w:rsidRPr="00914D68">
+        <w:t xml:space="preserve">We recommend using the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00327729">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>KFE template for Information Letter and Informed Consent Form</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1DF58A17" w14:textId="19FB9A58" w:rsidR="008D48EE" w:rsidRPr="00326BB7" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -8374,101 +8832,126 @@
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="008D48EE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D48EE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35FC0A01" w14:textId="77777777" w:rsidR="008D48EE" w:rsidRDefault="00000000" w:rsidP="008D48EE">
+    <w:p w14:paraId="35FC0A01" w14:textId="6012CB5A" w:rsidR="008D48EE" w:rsidRDefault="00000000" w:rsidP="008D48EE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1095"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="1523892509"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="008D48EE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D48EE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Yes – </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008D48EE" w:rsidRPr="00580025">
+        <w:t xml:space="preserve"> Yes –</w:t>
+      </w:r>
+      <w:r w:rsidR="00125566">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00125566" w:rsidRPr="00125566">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1C00" w:rsidRPr="00125566">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D48EE" w:rsidRPr="00125566">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>explain why deception is necessary in this study and how participants will be deceived</w:t>
       </w:r>
-      <w:r w:rsidR="008D48EE">
+      <w:r w:rsidR="008D48EE" w:rsidRPr="00BC1C00">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:id w:val="763265970"/>
         <w:placeholder>
           <w:docPart w:val="887A35B6D55448B5880D6E0D3F79DFC7"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w14:paraId="2118976A" w14:textId="77777777" w:rsidR="008D48EE" w:rsidRPr="00252276" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
           <w:pPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
@@ -8536,564 +9019,765 @@
           <w:r w:rsidRPr="00E139E6">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="0D9F4613" w14:textId="77777777" w:rsidR="008D48EE" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32500D90" w14:textId="23548DFD" w:rsidR="008D48EE" w:rsidRDefault="008D48EE" w:rsidP="002201AF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="999"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Remuneration, </w:t>
       </w:r>
       <w:r w:rsidR="00457C3B">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">enefits and </w:t>
       </w:r>
       <w:r w:rsidR="00457C3B">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">tudy </w:t>
       </w:r>
       <w:r w:rsidR="00457C3B">
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:t>utcome</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44250BCE" w14:textId="77777777" w:rsidR="008D48EE" w:rsidRPr="00F42649" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
       <w:pPr>
         <w:pStyle w:val="NormalinBox"/>
       </w:pPr>
       <w:r>
         <w:t>Will participants receive a remuneration or compensation for their participation?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C42A40B" w14:textId="77777777" w:rsidR="008D48EE" w:rsidRPr="00580025" w:rsidRDefault="00000000" w:rsidP="008D48EE">
-[...6 lines deleted...]
-          <w:iCs/>
+    <w:p w14:paraId="5C42A40B" w14:textId="27B1D7B4" w:rsidR="008D48EE" w:rsidRPr="00041A6D" w:rsidRDefault="00000000" w:rsidP="00041A6D">
+      <w:pPr>
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="1319845067"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="008D48EE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D48EE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> No – </w:t>
       </w:r>
-      <w:r w:rsidR="008D48EE" w:rsidRPr="00580025">
+      <w:r w:rsidR="00041A6D" w:rsidRPr="00125566">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-        </w:tabs>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">please </w:t>
+      </w:r>
+      <w:r w:rsidR="008D48EE" w:rsidRPr="00125566">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>explain</w:t>
+      </w:r>
+      <w:r w:rsidR="008D48EE" w:rsidRPr="00041A6D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00041A6D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="1208841379"/>
+          <w:placeholder>
+            <w:docPart w:val="B157254D9C8D4B788F39EAC04BD4E79B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00041A6D" w:rsidRPr="00E139E6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="039C1B68" w14:textId="5E868E67" w:rsidR="008D48EE" w:rsidRPr="00041A6D" w:rsidRDefault="00000000" w:rsidP="00041A6D">
+      <w:pPr>
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-1998266512"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="008D48EE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D48EE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes – cost reimbursement (i.e. transport, food, drinks) </w:t>
       </w:r>
       <w:r w:rsidR="008D48EE" w:rsidRPr="00580025">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>– specify:</w:t>
-[...6 lines deleted...]
-        </w:tabs>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00041A6D" w:rsidRPr="00125566">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>please specify</w:t>
+      </w:r>
+      <w:r w:rsidR="008D48EE" w:rsidRPr="00041A6D">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00041A6D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="157505623"/>
+          <w:placeholder>
+            <w:docPart w:val="FE03AC15335945C18DB6A3D5A6918AEC"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00041A6D" w:rsidRPr="00E139E6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="16D41D5B" w14:textId="0338E366" w:rsidR="008D48EE" w:rsidRPr="00041A6D" w:rsidRDefault="00000000" w:rsidP="00041A6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="1090205602"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="008D48EE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D48EE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes – additional compensation (e.g. voucher, course credits, money) </w:t>
       </w:r>
       <w:r w:rsidR="008D48EE" w:rsidRPr="00580025">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>– specify:</w:t>
-      </w:r>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00041A6D" w:rsidRPr="00125566">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">please </w:t>
+      </w:r>
+      <w:r w:rsidR="008D48EE" w:rsidRPr="00125566">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>specify</w:t>
+      </w:r>
+      <w:r w:rsidR="008D48EE" w:rsidRPr="00041A6D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00041A6D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="1843963943"/>
+          <w:placeholder>
+            <w:docPart w:val="C45354D516334482A6C871C451BCDDEC"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00041A6D" w:rsidRPr="00E139E6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
     <w:p w14:paraId="6276E4DA" w14:textId="77777777" w:rsidR="008D48EE" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06367343" w14:textId="77041317" w:rsidR="008D48EE" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
       <w:pPr>
         <w:pStyle w:val="NormalinBox"/>
       </w:pPr>
       <w:r>
         <w:t>Are there benefits to participation in this project?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71F092AD" w14:textId="77777777" w:rsidR="008D48EE" w:rsidRDefault="00000000" w:rsidP="008D48EE">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="71F092AD" w14:textId="346843D7" w:rsidR="008D48EE" w:rsidRDefault="00000000" w:rsidP="00C018DC">
+      <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-231937697"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="008D48EE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D48EE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
+      <w:r w:rsidR="00125566">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00125566" w:rsidRPr="00C018DC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>please explain</w:t>
+      </w:r>
+      <w:r w:rsidR="00125566">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="-739255139"/>
+          <w:placeholder>
+            <w:docPart w:val="334491EE1EDB48A5B1E90E0433F988FB"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00C018DC" w:rsidRPr="00E139E6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="3537DFAC" w14:textId="77777777" w:rsidR="008D48EE" w:rsidRDefault="00000000" w:rsidP="008D48EE">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="300318B4" w14:textId="77777777" w:rsidR="00041A6D" w:rsidRDefault="00000000" w:rsidP="00041A6D">
+      <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="1101841214"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="008D48EE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D48EE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Yes – </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008D48EE" w:rsidRPr="00DC60B6">
+        <w:t xml:space="preserve"> Yes –</w:t>
+      </w:r>
+      <w:r w:rsidR="008D48EE" w:rsidRPr="00041A6D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00041A6D" w:rsidRPr="00125566">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">please </w:t>
+      </w:r>
+      <w:r w:rsidR="008D48EE" w:rsidRPr="00125566">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0033CC"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>specify</w:t>
+      </w:r>
+      <w:r w:rsidR="008D48EE" w:rsidRPr="00041A6D">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>specify:</w:t>
-[...17 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:id w:val="-916017435"/>
+          <w:id w:val="-1924175950"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="F2F8FA1BE4F44F6190CF6B33C954C882"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w:text/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C1095F" w:rsidRPr="00C1095F">
+          <w:r w:rsidR="00041A6D" w:rsidRPr="00E139E6">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="008D48EE">
+    </w:p>
+    <w:p w14:paraId="3537DFAC" w14:textId="01D78B9C" w:rsidR="008D48EE" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1200"/>
+        </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...22 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E0EF111" w14:textId="723DE6FF" w:rsidR="008D48EE" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
+    <w:p w14:paraId="0EA1057D" w14:textId="77777777" w:rsidR="00C018DC" w:rsidRDefault="008D48EE" w:rsidP="00C018DC">
       <w:pPr>
         <w:pStyle w:val="NormalinBox"/>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Which information is given to participants about the outcome of the study? Will participants receive their individual results or only the overall study results? How will this information be provided? </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD5AFA">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve">(max. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD5AFA">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>000 characters with spaces).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D11064" w14:textId="77777777" w:rsidR="008D48EE" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
-[...8 lines deleted...]
-          <w:highlight w:val="green"/>
+    <w:p w14:paraId="0E0DBE07" w14:textId="525C5491" w:rsidR="00C018DC" w:rsidRPr="00C018DC" w:rsidRDefault="00C018DC" w:rsidP="00C018DC">
+      <w:pPr>
+        <w:pStyle w:val="NormalinBox"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="2135904647"/>
+          <w:placeholder>
+            <w:docPart w:val="F66E6375A4194C94922AE8A9C6B6422D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00E139E6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="642DCA60" w14:textId="77777777" w:rsidR="00C018DC" w:rsidRDefault="00C018DC" w:rsidP="00C018DC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D0D2D01" w14:textId="07FD6179" w:rsidR="00C018DC" w:rsidRPr="00C018DC" w:rsidRDefault="00C018DC" w:rsidP="00C018DC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D6E849A" w14:textId="28BB59B1" w:rsidR="008D48EE" w:rsidRDefault="008D48EE" w:rsidP="008D48EE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Research_ethics_issues"/>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkStart w:id="3" w:name="_Research_ethics_issues"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="000B6D97">
         <w:t xml:space="preserve">Research </w:t>
       </w:r>
       <w:r w:rsidR="00457C3B">
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="000B6D97">
         <w:t xml:space="preserve">thics </w:t>
       </w:r>
       <w:r w:rsidR="00457C3B">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00725B52">
         <w:t>ssues</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42821135" w14:textId="3399840D" w:rsidR="00DE2CB2" w:rsidRDefault="00DE2CB2" w:rsidP="00DE2CB2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="998" w:hanging="431"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Risks, </w:t>
       </w:r>
       <w:r w:rsidR="00457C3B">
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">iscomfort and </w:t>
       </w:r>
       <w:r w:rsidR="00457C3B">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t>ounseling</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07818FA3" w14:textId="6B5115C1" w:rsidR="00DE2CB2" w:rsidRDefault="00DE2CB2" w:rsidP="00DE2CB2">
+    <w:p w14:paraId="07818FA3" w14:textId="23434692" w:rsidR="00DE2CB2" w:rsidRDefault="00DE2CB2" w:rsidP="00DE2CB2">
       <w:pPr>
         <w:pStyle w:val="NormalinBox"/>
       </w:pPr>
       <w:r>
         <w:t>Describe po</w:t>
       </w:r>
       <w:r w:rsidR="001644FB">
         <w:t>tential</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> risks</w:t>
       </w:r>
       <w:r w:rsidR="001644FB">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="001644FB" w:rsidRPr="006C2B74">
         <w:t>e.g. project involving significant risks or project falling under</w:t>
       </w:r>
       <w:r w:rsidR="001644FB">
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidR="001644FB" w:rsidRPr="006C2B74">
-        <w:t xml:space="preserve"> ‘</w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId22" w:history="1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidR="001644FB" w:rsidRPr="005F4246">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Regulations on Particularly Risky Research</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="001644FB" w:rsidRPr="006C2B74">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidR="001644FB">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="001644FB">
         <w:t xml:space="preserve"> indicate</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> whether participants might experience (physical or mental) discomfort, embarrassment, confusion etc. during the course of the project or afterwards. Explain how you plan to minimize these risks. Explain if any support our counseling is offered during and after participation</w:t>
       </w:r>
       <w:r w:rsidR="001644FB">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="001644FB" w:rsidRPr="001644FB">
         <w:rPr>
           <w:color w:val="1313F9"/>
         </w:rPr>
-        <w:t xml:space="preserve">If applicable complete the </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="001644FB" w:rsidRPr="00A667EB">
+        <w:t xml:space="preserve">If applicable complete </w:t>
+      </w:r>
+      <w:r w:rsidR="001644FB" w:rsidRPr="00327729">
+        <w:rPr>
+          <w:color w:val="1313F9"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="001644FB" w:rsidRPr="00327729">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:rPr>
           <w:t>Risk Assessment Template</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C1095F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD5AFA">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve">(max. </w:t>
       </w:r>
       <w:r w:rsidR="001644FB">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD5AFA">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>000 characters with spaces).</w:t>
       </w:r>
@@ -9395,53 +10079,53 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk211350730"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk211350730"/>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="3E97C4E0" w14:textId="77777777" w:rsidR="00F44E90" w:rsidRDefault="005E5F68">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page" w:clear="all"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E1DF6F1" w14:textId="28925F07" w:rsidR="004B78F9" w:rsidRDefault="004B78F9" w:rsidP="004B78F9">
       <w:pPr>
         <w:pStyle w:val="Heading0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -10105,85 +10789,85 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23658D6F" w14:textId="77777777" w:rsidR="00AA6494" w:rsidRDefault="00AA6494">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="267E2C8C" w14:textId="70E48E13" w:rsidR="00AA6494" w:rsidRPr="002A0365" w:rsidRDefault="00AA6494" w:rsidP="00AA6494">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AA6494" w:rsidRPr="002A0365" w:rsidSect="001041B0">
-      <w:headerReference w:type="default" r:id="rId24"/>
-      <w:footerReference w:type="default" r:id="rId25"/>
+      <w:headerReference w:type="default" r:id="rId26"/>
+      <w:footerReference w:type="default" r:id="rId27"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2127" w:right="1080" w:bottom="1440" w:left="1080" w:header="567" w:footer="527" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5293DD59" w14:textId="77777777" w:rsidR="005D3C01" w:rsidRDefault="005D3C01">
+    <w:p w14:paraId="620CEF72" w14:textId="77777777" w:rsidR="00446FF5" w:rsidRDefault="00446FF5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B1D9177" w14:textId="77777777" w:rsidR="005D3C01" w:rsidRDefault="005D3C01">
+    <w:p w14:paraId="446C16D9" w14:textId="77777777" w:rsidR="00446FF5" w:rsidRDefault="00446FF5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="70A0EE24" w14:textId="77777777" w:rsidR="005D3C01" w:rsidRDefault="005D3C01">
+    <w:p w14:paraId="263AFDF3" w14:textId="77777777" w:rsidR="00446FF5" w:rsidRDefault="00446FF5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -10212,200 +10896,280 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="530396AE" w14:textId="7AE7C606" w:rsidR="00F44E90" w:rsidRPr="0007639B" w:rsidRDefault="005E5F68">
+  <w:p w14:paraId="041C5109" w14:textId="3DCF7778" w:rsidR="00BB3108" w:rsidRPr="001A5923" w:rsidRDefault="005E5F68" w:rsidP="00327729">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
+        <w:i/>
+        <w:iCs/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="0007639B">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00AF7F58">
+    <w:r w:rsidR="009418F0">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>7</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="0007639B">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="0007639B">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00AF7F58">
+    <w:r w:rsidR="009418F0">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-  </w:p>
-[...1 lines deleted...]
-    <w:pPr>
+    <w:r w:rsidR="00327729" w:rsidRPr="00F114D0">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00F806F8" w:rsidRPr="0021450B">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00F806F8" w:rsidRPr="0021450B">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-    </w:pPr>
-[...12 lines deleted...]
-      </w:rPr>
       <w:instrText xml:space="preserve"> FILENAME   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="0021450B">
+    <w:r w:rsidR="00F806F8" w:rsidRPr="0021450B">
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00BD00C2">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>KFE_ResearchEthicsAssessmentForm_Template_new_202510</w:t>
+      <w:t>KFE</w:t>
     </w:r>
-    <w:r w:rsidR="001041B0">
+    <w:r w:rsidR="001A641A">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>15</w:t>
+      <w:t>_</w:t>
     </w:r>
-    <w:r w:rsidR="00BD00C2">
+    <w:r w:rsidR="00F114D0">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>_iw</w:t>
+      <w:t xml:space="preserve">Research Ethics </w:t>
     </w:r>
-    <w:r w:rsidRPr="0021450B">
+    <w:r w:rsidR="001A641A">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:noProof/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>Application</w:t>
+    </w:r>
+    <w:r w:rsidR="00F114D0">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:noProof/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="001A641A">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:noProof/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>Form</w:t>
+    </w:r>
+    <w:r w:rsidR="00BD00C2">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:noProof/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>_20251</w:t>
+    </w:r>
+    <w:r w:rsidR="001A641A">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:noProof/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00C018DC">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:noProof/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>11</w:t>
+    </w:r>
+    <w:r w:rsidR="00BD00C2">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:noProof/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>_i</w:t>
+    </w:r>
+    <w:r w:rsidR="00C018DC">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:noProof/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>s</w:t>
+    </w:r>
+    <w:r w:rsidR="00BD00C2">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:noProof/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>w</w:t>
+    </w:r>
+    <w:r w:rsidR="00F806F8" w:rsidRPr="0021450B">
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="400F50DD" w14:textId="77777777" w:rsidR="005D3C01" w:rsidRDefault="005D3C01">
+    <w:p w14:paraId="6345F35D" w14:textId="77777777" w:rsidR="00446FF5" w:rsidRDefault="00446FF5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17ECA253" w14:textId="77777777" w:rsidR="005D3C01" w:rsidRDefault="005D3C01">
+    <w:p w14:paraId="55136D3D" w14:textId="77777777" w:rsidR="00446FF5" w:rsidRDefault="00446FF5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0BD798E4" w14:textId="77777777" w:rsidR="005D3C01" w:rsidRDefault="005D3C01">
+    <w:p w14:paraId="2E4957B9" w14:textId="77777777" w:rsidR="00446FF5" w:rsidRDefault="00446FF5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="79037228" w14:textId="71E247B9" w:rsidR="0021450B" w:rsidRPr="0021450B" w:rsidRDefault="0021450B" w:rsidP="0021450B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0021450B">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
@@ -13131,772 +13895,792 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="496962787">
+  <w:num w:numId="1" w16cid:durableId="1600140091">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="363945741">
+  <w:num w:numId="2" w16cid:durableId="389111121">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="784883795">
+  <w:num w:numId="3" w16cid:durableId="492838102">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1492873315">
+  <w:num w:numId="4" w16cid:durableId="836379275">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="2001425259">
+  <w:num w:numId="5" w16cid:durableId="164588867">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="89205336">
+  <w:num w:numId="6" w16cid:durableId="385566566">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="2141224946">
+  <w:num w:numId="7" w16cid:durableId="745399">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1155683232">
+  <w:num w:numId="8" w16cid:durableId="193886746">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1864006962">
+  <w:num w:numId="9" w16cid:durableId="1133520924">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="280958063">
+  <w:num w:numId="10" w16cid:durableId="2070570955">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="226840718">
+  <w:num w:numId="11" w16cid:durableId="1171263175">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="131295391">
+  <w:num w:numId="12" w16cid:durableId="479615254">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="952321817">
+  <w:num w:numId="13" w16cid:durableId="275718810">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1116755186">
+  <w:num w:numId="14" w16cid:durableId="1204560581">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="478425249">
+  <w:num w:numId="15" w16cid:durableId="351764436">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1015230379">
+  <w:num w:numId="16" w16cid:durableId="1658994578">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1488940534">
+  <w:num w:numId="17" w16cid:durableId="624775543">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="787239430">
+  <w:num w:numId="18" w16cid:durableId="1819761966">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="849872108">
+  <w:num w:numId="19" w16cid:durableId="1664967595">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1750729678">
+  <w:num w:numId="20" w16cid:durableId="1175613714">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1244953738">
+  <w:num w:numId="21" w16cid:durableId="668601422">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="467435398">
+  <w:num w:numId="22" w16cid:durableId="1446196824">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1220246925">
+  <w:num w:numId="23" w16cid:durableId="1779061573">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="872890623">
+  <w:num w:numId="24" w16cid:durableId="1639610107">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="89207890">
+  <w:num w:numId="25" w16cid:durableId="835731524">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1355421081">
+  <w:num w:numId="26" w16cid:durableId="1994989090">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1108085605">
+  <w:num w:numId="27" w16cid:durableId="1327903768">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1143814906">
+  <w:num w:numId="28" w16cid:durableId="910651306">
     <w:abstractNumId w:val="22"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F44E90"/>
     <w:rsid w:val="000062EB"/>
     <w:rsid w:val="00007531"/>
     <w:rsid w:val="00012374"/>
     <w:rsid w:val="00013AF1"/>
     <w:rsid w:val="00020DE9"/>
     <w:rsid w:val="0002265B"/>
     <w:rsid w:val="00025F6D"/>
     <w:rsid w:val="00027B08"/>
     <w:rsid w:val="00031DDA"/>
+    <w:rsid w:val="000342CC"/>
     <w:rsid w:val="00034500"/>
     <w:rsid w:val="00034B2F"/>
+    <w:rsid w:val="00041A6D"/>
     <w:rsid w:val="00042758"/>
     <w:rsid w:val="00042A96"/>
     <w:rsid w:val="00043A23"/>
     <w:rsid w:val="000456C0"/>
     <w:rsid w:val="00050A75"/>
     <w:rsid w:val="000654A6"/>
     <w:rsid w:val="000706B8"/>
     <w:rsid w:val="0007639B"/>
     <w:rsid w:val="000777A9"/>
     <w:rsid w:val="000863E7"/>
     <w:rsid w:val="000878E3"/>
     <w:rsid w:val="000A5EF5"/>
     <w:rsid w:val="000B6D97"/>
     <w:rsid w:val="000C0F48"/>
     <w:rsid w:val="000C44CC"/>
     <w:rsid w:val="000E1D3A"/>
     <w:rsid w:val="000E236D"/>
     <w:rsid w:val="000E2AA3"/>
     <w:rsid w:val="000E3ACA"/>
     <w:rsid w:val="000E3F54"/>
+    <w:rsid w:val="000E79E6"/>
     <w:rsid w:val="000F00D1"/>
     <w:rsid w:val="000F2C1E"/>
     <w:rsid w:val="000F33FD"/>
     <w:rsid w:val="000F36C3"/>
+    <w:rsid w:val="00100422"/>
     <w:rsid w:val="001041B0"/>
     <w:rsid w:val="001044F5"/>
     <w:rsid w:val="0010659E"/>
     <w:rsid w:val="001070FB"/>
     <w:rsid w:val="00113955"/>
     <w:rsid w:val="0011653D"/>
     <w:rsid w:val="0012477E"/>
+    <w:rsid w:val="00125566"/>
     <w:rsid w:val="00135D80"/>
     <w:rsid w:val="00140B39"/>
     <w:rsid w:val="0014238D"/>
     <w:rsid w:val="00143054"/>
     <w:rsid w:val="0014530B"/>
     <w:rsid w:val="00145CE9"/>
     <w:rsid w:val="00152F10"/>
+    <w:rsid w:val="001571B2"/>
     <w:rsid w:val="001644FB"/>
     <w:rsid w:val="00165155"/>
     <w:rsid w:val="001727C9"/>
     <w:rsid w:val="00172CDE"/>
     <w:rsid w:val="00173789"/>
     <w:rsid w:val="00173FA0"/>
     <w:rsid w:val="001745EB"/>
     <w:rsid w:val="001756C3"/>
     <w:rsid w:val="0017709B"/>
     <w:rsid w:val="0018085C"/>
     <w:rsid w:val="00190F47"/>
     <w:rsid w:val="001943AA"/>
     <w:rsid w:val="00194456"/>
     <w:rsid w:val="001A1F8F"/>
     <w:rsid w:val="001A2969"/>
     <w:rsid w:val="001A2E6A"/>
     <w:rsid w:val="001A5923"/>
+    <w:rsid w:val="001A641A"/>
     <w:rsid w:val="001A735B"/>
     <w:rsid w:val="001B3CB8"/>
     <w:rsid w:val="001B431D"/>
     <w:rsid w:val="001C25C6"/>
     <w:rsid w:val="001C6382"/>
     <w:rsid w:val="001D028B"/>
     <w:rsid w:val="001D28BC"/>
     <w:rsid w:val="001D2E2A"/>
     <w:rsid w:val="001D5F4F"/>
     <w:rsid w:val="001E0388"/>
     <w:rsid w:val="001E3450"/>
     <w:rsid w:val="001F1E76"/>
     <w:rsid w:val="001F7A2D"/>
     <w:rsid w:val="00200415"/>
     <w:rsid w:val="00201838"/>
     <w:rsid w:val="00206DCF"/>
     <w:rsid w:val="00213742"/>
     <w:rsid w:val="0021450B"/>
     <w:rsid w:val="00215F3B"/>
     <w:rsid w:val="002175CC"/>
     <w:rsid w:val="002201AF"/>
     <w:rsid w:val="00222DBF"/>
     <w:rsid w:val="002246FE"/>
     <w:rsid w:val="0023129D"/>
     <w:rsid w:val="0023442F"/>
     <w:rsid w:val="00242CA1"/>
     <w:rsid w:val="0024500F"/>
     <w:rsid w:val="0024724B"/>
     <w:rsid w:val="00252276"/>
     <w:rsid w:val="002616F8"/>
     <w:rsid w:val="0027072F"/>
     <w:rsid w:val="00277953"/>
     <w:rsid w:val="00294C6C"/>
     <w:rsid w:val="002A0365"/>
     <w:rsid w:val="002A4B55"/>
+    <w:rsid w:val="002A584E"/>
     <w:rsid w:val="002A7E4E"/>
     <w:rsid w:val="002B2490"/>
     <w:rsid w:val="002B6922"/>
     <w:rsid w:val="002C187A"/>
     <w:rsid w:val="002C1919"/>
     <w:rsid w:val="002C59B9"/>
     <w:rsid w:val="002C6F94"/>
     <w:rsid w:val="002D1932"/>
     <w:rsid w:val="002E234E"/>
     <w:rsid w:val="002E256A"/>
     <w:rsid w:val="002F317C"/>
     <w:rsid w:val="00302770"/>
     <w:rsid w:val="00306A1E"/>
     <w:rsid w:val="003075A1"/>
     <w:rsid w:val="00312286"/>
     <w:rsid w:val="00315433"/>
     <w:rsid w:val="003164F2"/>
     <w:rsid w:val="003206F5"/>
     <w:rsid w:val="003238EA"/>
     <w:rsid w:val="00325ECE"/>
     <w:rsid w:val="00326BB7"/>
+    <w:rsid w:val="00327729"/>
     <w:rsid w:val="00331D58"/>
     <w:rsid w:val="003409AE"/>
     <w:rsid w:val="00342E9C"/>
     <w:rsid w:val="003463FD"/>
     <w:rsid w:val="003475AC"/>
     <w:rsid w:val="00351818"/>
     <w:rsid w:val="00357CEA"/>
     <w:rsid w:val="003630BB"/>
     <w:rsid w:val="0036460B"/>
     <w:rsid w:val="0036466E"/>
     <w:rsid w:val="003651DB"/>
     <w:rsid w:val="0037130A"/>
     <w:rsid w:val="003719AD"/>
     <w:rsid w:val="00372635"/>
     <w:rsid w:val="003748C9"/>
     <w:rsid w:val="00374D7C"/>
     <w:rsid w:val="0037731D"/>
     <w:rsid w:val="00377EEA"/>
     <w:rsid w:val="00380247"/>
     <w:rsid w:val="0038045E"/>
     <w:rsid w:val="0038169E"/>
     <w:rsid w:val="00391343"/>
+    <w:rsid w:val="00391EC6"/>
     <w:rsid w:val="0039482C"/>
     <w:rsid w:val="00394D1B"/>
     <w:rsid w:val="003A1021"/>
     <w:rsid w:val="003A3D57"/>
     <w:rsid w:val="003A53AC"/>
     <w:rsid w:val="003C4343"/>
     <w:rsid w:val="003C7440"/>
     <w:rsid w:val="003D2C35"/>
     <w:rsid w:val="003D71CD"/>
     <w:rsid w:val="003D77B0"/>
     <w:rsid w:val="003E2874"/>
     <w:rsid w:val="003E347C"/>
+    <w:rsid w:val="003E6449"/>
     <w:rsid w:val="003F2EAF"/>
     <w:rsid w:val="003F4861"/>
     <w:rsid w:val="003F7C11"/>
     <w:rsid w:val="004005C4"/>
     <w:rsid w:val="00406957"/>
+    <w:rsid w:val="004217B8"/>
     <w:rsid w:val="00425605"/>
     <w:rsid w:val="004256FD"/>
+    <w:rsid w:val="0043149F"/>
     <w:rsid w:val="004314DA"/>
     <w:rsid w:val="004343CD"/>
+    <w:rsid w:val="00444FCD"/>
+    <w:rsid w:val="00446FF5"/>
     <w:rsid w:val="004508D2"/>
     <w:rsid w:val="0045108C"/>
     <w:rsid w:val="00457C3B"/>
     <w:rsid w:val="00460DB1"/>
     <w:rsid w:val="004849A6"/>
     <w:rsid w:val="00492C75"/>
     <w:rsid w:val="00497780"/>
     <w:rsid w:val="004A3905"/>
     <w:rsid w:val="004A4DD7"/>
     <w:rsid w:val="004A67A6"/>
     <w:rsid w:val="004B113C"/>
     <w:rsid w:val="004B3F69"/>
     <w:rsid w:val="004B4C70"/>
     <w:rsid w:val="004B64B3"/>
     <w:rsid w:val="004B78F9"/>
+    <w:rsid w:val="004C0B30"/>
     <w:rsid w:val="004C1D7A"/>
     <w:rsid w:val="004C5096"/>
     <w:rsid w:val="004D5AF4"/>
     <w:rsid w:val="004E3AD7"/>
-    <w:rsid w:val="004F421C"/>
     <w:rsid w:val="00502624"/>
     <w:rsid w:val="00502CDE"/>
     <w:rsid w:val="00505080"/>
     <w:rsid w:val="00506572"/>
     <w:rsid w:val="00513EFA"/>
     <w:rsid w:val="00515CAB"/>
     <w:rsid w:val="005169B4"/>
     <w:rsid w:val="00521167"/>
     <w:rsid w:val="005227A6"/>
     <w:rsid w:val="00526275"/>
     <w:rsid w:val="00540D9C"/>
     <w:rsid w:val="005537EE"/>
     <w:rsid w:val="0055455B"/>
     <w:rsid w:val="00554688"/>
     <w:rsid w:val="00563FB9"/>
     <w:rsid w:val="00580025"/>
     <w:rsid w:val="00580441"/>
     <w:rsid w:val="00580B03"/>
     <w:rsid w:val="005826B2"/>
     <w:rsid w:val="00583DB2"/>
     <w:rsid w:val="00585B63"/>
     <w:rsid w:val="00586552"/>
     <w:rsid w:val="005C1CFA"/>
     <w:rsid w:val="005C25F7"/>
     <w:rsid w:val="005C4946"/>
-    <w:rsid w:val="005D3C01"/>
     <w:rsid w:val="005D5AC8"/>
     <w:rsid w:val="005E27EA"/>
     <w:rsid w:val="005E2DFF"/>
     <w:rsid w:val="005E5F68"/>
     <w:rsid w:val="005E6BCE"/>
     <w:rsid w:val="005E73BF"/>
     <w:rsid w:val="005F4246"/>
     <w:rsid w:val="00603B86"/>
     <w:rsid w:val="00605105"/>
     <w:rsid w:val="00605CE6"/>
     <w:rsid w:val="00611C70"/>
     <w:rsid w:val="006137CF"/>
     <w:rsid w:val="0061480F"/>
     <w:rsid w:val="00626F42"/>
     <w:rsid w:val="00627C42"/>
     <w:rsid w:val="006329D9"/>
     <w:rsid w:val="00642416"/>
     <w:rsid w:val="00643406"/>
     <w:rsid w:val="006462E6"/>
     <w:rsid w:val="00662ACE"/>
     <w:rsid w:val="00663594"/>
     <w:rsid w:val="00664008"/>
     <w:rsid w:val="006646B4"/>
     <w:rsid w:val="006705B8"/>
     <w:rsid w:val="00671264"/>
     <w:rsid w:val="006741BE"/>
     <w:rsid w:val="00684E8B"/>
     <w:rsid w:val="006850E6"/>
     <w:rsid w:val="00687C41"/>
     <w:rsid w:val="00694380"/>
     <w:rsid w:val="006A16D5"/>
     <w:rsid w:val="006A3D24"/>
     <w:rsid w:val="006A3D78"/>
     <w:rsid w:val="006A42CD"/>
     <w:rsid w:val="006A481A"/>
+    <w:rsid w:val="006A5316"/>
     <w:rsid w:val="006C2B74"/>
     <w:rsid w:val="006C51B5"/>
-    <w:rsid w:val="006C61C9"/>
     <w:rsid w:val="006C79B3"/>
     <w:rsid w:val="006D20E3"/>
     <w:rsid w:val="006D4F03"/>
     <w:rsid w:val="006D5535"/>
+    <w:rsid w:val="006E1047"/>
     <w:rsid w:val="006E1966"/>
     <w:rsid w:val="006E2BF5"/>
     <w:rsid w:val="006E7C32"/>
     <w:rsid w:val="006F2940"/>
     <w:rsid w:val="006F7589"/>
     <w:rsid w:val="0070429F"/>
     <w:rsid w:val="00711C5D"/>
     <w:rsid w:val="0071441A"/>
     <w:rsid w:val="00723FFF"/>
     <w:rsid w:val="0072485C"/>
     <w:rsid w:val="00725B52"/>
     <w:rsid w:val="00732F28"/>
-    <w:rsid w:val="00734655"/>
     <w:rsid w:val="00741B5A"/>
+    <w:rsid w:val="007432C7"/>
     <w:rsid w:val="007520F1"/>
     <w:rsid w:val="007522AE"/>
     <w:rsid w:val="00752D8E"/>
     <w:rsid w:val="00754F31"/>
-    <w:rsid w:val="00756934"/>
     <w:rsid w:val="0075745D"/>
     <w:rsid w:val="00760BD1"/>
     <w:rsid w:val="00764FFB"/>
     <w:rsid w:val="00766CB6"/>
     <w:rsid w:val="00775906"/>
     <w:rsid w:val="007764C9"/>
     <w:rsid w:val="007A1E9E"/>
     <w:rsid w:val="007A3E12"/>
     <w:rsid w:val="007A5C2F"/>
     <w:rsid w:val="007B05C1"/>
     <w:rsid w:val="007B4944"/>
     <w:rsid w:val="007B4EF8"/>
     <w:rsid w:val="007B5CD0"/>
     <w:rsid w:val="007B63B4"/>
     <w:rsid w:val="007C7317"/>
     <w:rsid w:val="007D1089"/>
     <w:rsid w:val="007D35FF"/>
     <w:rsid w:val="007D55BE"/>
     <w:rsid w:val="007D686E"/>
     <w:rsid w:val="007E1D13"/>
     <w:rsid w:val="007E39B1"/>
     <w:rsid w:val="007E4433"/>
     <w:rsid w:val="007F0CD2"/>
     <w:rsid w:val="007F362F"/>
     <w:rsid w:val="007F4D60"/>
     <w:rsid w:val="007F607A"/>
     <w:rsid w:val="00805201"/>
     <w:rsid w:val="00814D34"/>
     <w:rsid w:val="0082151A"/>
     <w:rsid w:val="00835877"/>
     <w:rsid w:val="00846C4D"/>
+    <w:rsid w:val="00853F59"/>
     <w:rsid w:val="0085401D"/>
     <w:rsid w:val="008550C6"/>
     <w:rsid w:val="008570CB"/>
     <w:rsid w:val="00862B99"/>
     <w:rsid w:val="008631F1"/>
     <w:rsid w:val="00864A48"/>
     <w:rsid w:val="00865205"/>
     <w:rsid w:val="008654F1"/>
     <w:rsid w:val="0087215D"/>
+    <w:rsid w:val="00876A7C"/>
     <w:rsid w:val="00876F57"/>
     <w:rsid w:val="00886FB8"/>
     <w:rsid w:val="00893102"/>
     <w:rsid w:val="008A077C"/>
     <w:rsid w:val="008A2545"/>
     <w:rsid w:val="008B002A"/>
     <w:rsid w:val="008B167A"/>
     <w:rsid w:val="008B1C93"/>
     <w:rsid w:val="008B5445"/>
     <w:rsid w:val="008C166D"/>
     <w:rsid w:val="008C431E"/>
     <w:rsid w:val="008C58B5"/>
     <w:rsid w:val="008C6021"/>
     <w:rsid w:val="008C667F"/>
     <w:rsid w:val="008D0298"/>
     <w:rsid w:val="008D18D8"/>
     <w:rsid w:val="008D35CB"/>
     <w:rsid w:val="008D48EE"/>
     <w:rsid w:val="008D6A89"/>
     <w:rsid w:val="008D7583"/>
     <w:rsid w:val="008E1D60"/>
     <w:rsid w:val="008E7032"/>
     <w:rsid w:val="008E7A3F"/>
     <w:rsid w:val="008F2B4E"/>
     <w:rsid w:val="008F4A53"/>
     <w:rsid w:val="00903E5E"/>
     <w:rsid w:val="00906469"/>
-    <w:rsid w:val="009066C9"/>
     <w:rsid w:val="009076D0"/>
     <w:rsid w:val="0091108F"/>
-    <w:rsid w:val="00914D68"/>
     <w:rsid w:val="009152CE"/>
     <w:rsid w:val="00922320"/>
     <w:rsid w:val="00933CC3"/>
+    <w:rsid w:val="009418F0"/>
     <w:rsid w:val="0094410A"/>
     <w:rsid w:val="0094574C"/>
     <w:rsid w:val="0094687F"/>
     <w:rsid w:val="009556F8"/>
     <w:rsid w:val="00960ED8"/>
     <w:rsid w:val="00962534"/>
     <w:rsid w:val="00970988"/>
     <w:rsid w:val="00970C5B"/>
     <w:rsid w:val="00971019"/>
     <w:rsid w:val="00971C04"/>
     <w:rsid w:val="00974197"/>
     <w:rsid w:val="00974E08"/>
     <w:rsid w:val="0098488A"/>
     <w:rsid w:val="00985075"/>
     <w:rsid w:val="009A2762"/>
     <w:rsid w:val="009A2795"/>
     <w:rsid w:val="009A3DEA"/>
     <w:rsid w:val="009A70D3"/>
     <w:rsid w:val="009B2397"/>
     <w:rsid w:val="009B3BF7"/>
     <w:rsid w:val="009C2609"/>
     <w:rsid w:val="009C5838"/>
     <w:rsid w:val="009D6A5B"/>
     <w:rsid w:val="009F0188"/>
     <w:rsid w:val="009F031C"/>
     <w:rsid w:val="009F43F0"/>
     <w:rsid w:val="009F78FD"/>
     <w:rsid w:val="00A0156F"/>
     <w:rsid w:val="00A021ED"/>
     <w:rsid w:val="00A07F9E"/>
     <w:rsid w:val="00A1020B"/>
-    <w:rsid w:val="00A20AE3"/>
     <w:rsid w:val="00A234DF"/>
     <w:rsid w:val="00A26C44"/>
     <w:rsid w:val="00A42B74"/>
     <w:rsid w:val="00A455FC"/>
+    <w:rsid w:val="00A502EA"/>
     <w:rsid w:val="00A5171E"/>
     <w:rsid w:val="00A521AE"/>
     <w:rsid w:val="00A52F5A"/>
     <w:rsid w:val="00A554F4"/>
     <w:rsid w:val="00A63A19"/>
     <w:rsid w:val="00A6425B"/>
-    <w:rsid w:val="00A667EB"/>
     <w:rsid w:val="00A74F3D"/>
     <w:rsid w:val="00A91319"/>
     <w:rsid w:val="00A97BE9"/>
     <w:rsid w:val="00AA11B8"/>
     <w:rsid w:val="00AA4D2B"/>
     <w:rsid w:val="00AA6494"/>
     <w:rsid w:val="00AB36D6"/>
     <w:rsid w:val="00AB3D21"/>
     <w:rsid w:val="00AC7C09"/>
     <w:rsid w:val="00AD5AFA"/>
     <w:rsid w:val="00AE504C"/>
     <w:rsid w:val="00AE70B6"/>
     <w:rsid w:val="00AF43D9"/>
     <w:rsid w:val="00AF7F58"/>
     <w:rsid w:val="00B01969"/>
     <w:rsid w:val="00B02307"/>
+    <w:rsid w:val="00B0428D"/>
+    <w:rsid w:val="00B04639"/>
     <w:rsid w:val="00B052C6"/>
     <w:rsid w:val="00B11A61"/>
     <w:rsid w:val="00B135FB"/>
     <w:rsid w:val="00B140A7"/>
     <w:rsid w:val="00B143CB"/>
     <w:rsid w:val="00B16901"/>
     <w:rsid w:val="00B24122"/>
     <w:rsid w:val="00B2451B"/>
     <w:rsid w:val="00B3470E"/>
     <w:rsid w:val="00B35BAC"/>
     <w:rsid w:val="00B363EB"/>
     <w:rsid w:val="00B37F7B"/>
     <w:rsid w:val="00B40892"/>
     <w:rsid w:val="00B43881"/>
     <w:rsid w:val="00B452FA"/>
     <w:rsid w:val="00B57C6B"/>
     <w:rsid w:val="00B61FA7"/>
     <w:rsid w:val="00B62AB4"/>
     <w:rsid w:val="00B64173"/>
     <w:rsid w:val="00B65FAA"/>
     <w:rsid w:val="00B67ABF"/>
     <w:rsid w:val="00B7121A"/>
     <w:rsid w:val="00B7369D"/>
     <w:rsid w:val="00B76F3C"/>
     <w:rsid w:val="00B806D5"/>
     <w:rsid w:val="00B827A1"/>
     <w:rsid w:val="00B84A59"/>
     <w:rsid w:val="00B8559A"/>
     <w:rsid w:val="00B860B6"/>
     <w:rsid w:val="00B92B1E"/>
+    <w:rsid w:val="00BA0A5E"/>
     <w:rsid w:val="00BA503D"/>
     <w:rsid w:val="00BB3108"/>
     <w:rsid w:val="00BB3731"/>
+    <w:rsid w:val="00BC1C00"/>
     <w:rsid w:val="00BD00C2"/>
     <w:rsid w:val="00BD2C5A"/>
     <w:rsid w:val="00BD35E0"/>
     <w:rsid w:val="00BD6C67"/>
     <w:rsid w:val="00BD71AB"/>
     <w:rsid w:val="00BD7203"/>
     <w:rsid w:val="00BE0793"/>
     <w:rsid w:val="00BE0F60"/>
     <w:rsid w:val="00BE3A97"/>
     <w:rsid w:val="00BE61CC"/>
     <w:rsid w:val="00BE6378"/>
     <w:rsid w:val="00BF2D30"/>
     <w:rsid w:val="00BF6431"/>
     <w:rsid w:val="00BF727F"/>
     <w:rsid w:val="00C00DF7"/>
     <w:rsid w:val="00C01407"/>
+    <w:rsid w:val="00C018DC"/>
     <w:rsid w:val="00C023BD"/>
     <w:rsid w:val="00C04C6D"/>
     <w:rsid w:val="00C1095F"/>
     <w:rsid w:val="00C17C62"/>
     <w:rsid w:val="00C3123B"/>
     <w:rsid w:val="00C36E17"/>
     <w:rsid w:val="00C44A07"/>
     <w:rsid w:val="00C50E8E"/>
     <w:rsid w:val="00C533C4"/>
     <w:rsid w:val="00C56AF3"/>
     <w:rsid w:val="00C56F3F"/>
     <w:rsid w:val="00C70555"/>
     <w:rsid w:val="00C81033"/>
     <w:rsid w:val="00C85015"/>
     <w:rsid w:val="00C85A64"/>
     <w:rsid w:val="00C942B8"/>
     <w:rsid w:val="00C956DA"/>
     <w:rsid w:val="00CA1C04"/>
     <w:rsid w:val="00CA260A"/>
     <w:rsid w:val="00CA299D"/>
     <w:rsid w:val="00CA51C2"/>
     <w:rsid w:val="00CA626E"/>
     <w:rsid w:val="00CA6F83"/>
     <w:rsid w:val="00CB4796"/>
     <w:rsid w:val="00CB58EB"/>
     <w:rsid w:val="00CB5A24"/>
     <w:rsid w:val="00CB7A51"/>
     <w:rsid w:val="00CB7B17"/>
     <w:rsid w:val="00CC4676"/>
+    <w:rsid w:val="00CD6474"/>
     <w:rsid w:val="00CE5F96"/>
     <w:rsid w:val="00CF1228"/>
     <w:rsid w:val="00CF3473"/>
     <w:rsid w:val="00CF576E"/>
     <w:rsid w:val="00CF7AD1"/>
     <w:rsid w:val="00D00E17"/>
     <w:rsid w:val="00D02731"/>
     <w:rsid w:val="00D04DFF"/>
     <w:rsid w:val="00D100F3"/>
     <w:rsid w:val="00D1559D"/>
     <w:rsid w:val="00D17894"/>
     <w:rsid w:val="00D2285C"/>
     <w:rsid w:val="00D25A25"/>
     <w:rsid w:val="00D25B14"/>
     <w:rsid w:val="00D2624D"/>
     <w:rsid w:val="00D266AF"/>
     <w:rsid w:val="00D315A6"/>
     <w:rsid w:val="00D317CF"/>
     <w:rsid w:val="00D347E7"/>
     <w:rsid w:val="00D423AC"/>
     <w:rsid w:val="00D55E42"/>
     <w:rsid w:val="00D57279"/>
     <w:rsid w:val="00D63619"/>
     <w:rsid w:val="00D657B5"/>
     <w:rsid w:val="00D719CE"/>
     <w:rsid w:val="00D71A03"/>
     <w:rsid w:val="00D72635"/>
     <w:rsid w:val="00D742D3"/>
     <w:rsid w:val="00D76F42"/>
     <w:rsid w:val="00D80383"/>
     <w:rsid w:val="00D91CBD"/>
     <w:rsid w:val="00D9242E"/>
     <w:rsid w:val="00D92DB4"/>
     <w:rsid w:val="00D947F0"/>
     <w:rsid w:val="00DA07F4"/>
     <w:rsid w:val="00DA0F8B"/>
     <w:rsid w:val="00DA2753"/>
     <w:rsid w:val="00DA6DE7"/>
     <w:rsid w:val="00DB50F8"/>
     <w:rsid w:val="00DB59BE"/>
     <w:rsid w:val="00DC60B6"/>
     <w:rsid w:val="00DD27F5"/>
     <w:rsid w:val="00DE2CB2"/>
     <w:rsid w:val="00DE6793"/>
     <w:rsid w:val="00DF2CBF"/>
     <w:rsid w:val="00DF461C"/>
-    <w:rsid w:val="00DF4E0F"/>
     <w:rsid w:val="00E0242E"/>
     <w:rsid w:val="00E05394"/>
     <w:rsid w:val="00E139E6"/>
     <w:rsid w:val="00E14479"/>
     <w:rsid w:val="00E15043"/>
     <w:rsid w:val="00E174DC"/>
     <w:rsid w:val="00E21FE3"/>
     <w:rsid w:val="00E22543"/>
     <w:rsid w:val="00E22EAA"/>
     <w:rsid w:val="00E24D4F"/>
     <w:rsid w:val="00E278F1"/>
     <w:rsid w:val="00E325C9"/>
     <w:rsid w:val="00E33D08"/>
     <w:rsid w:val="00E43365"/>
     <w:rsid w:val="00E47CF0"/>
     <w:rsid w:val="00E55F71"/>
     <w:rsid w:val="00E56741"/>
     <w:rsid w:val="00E64FDD"/>
     <w:rsid w:val="00E7537B"/>
     <w:rsid w:val="00E75CB1"/>
     <w:rsid w:val="00E855FE"/>
     <w:rsid w:val="00E86C71"/>
     <w:rsid w:val="00E9232C"/>
     <w:rsid w:val="00E92759"/>
     <w:rsid w:val="00E94D5C"/>
     <w:rsid w:val="00E95259"/>
     <w:rsid w:val="00E97A1B"/>
     <w:rsid w:val="00EA3EC1"/>
     <w:rsid w:val="00EA5B89"/>
     <w:rsid w:val="00EC1F11"/>
     <w:rsid w:val="00ED0CBD"/>
     <w:rsid w:val="00ED24EB"/>
     <w:rsid w:val="00ED3C27"/>
     <w:rsid w:val="00ED5109"/>
     <w:rsid w:val="00ED6E74"/>
     <w:rsid w:val="00ED6E9C"/>
     <w:rsid w:val="00EF4BF3"/>
     <w:rsid w:val="00EF65CE"/>
     <w:rsid w:val="00F05F28"/>
     <w:rsid w:val="00F0609A"/>
+    <w:rsid w:val="00F114D0"/>
     <w:rsid w:val="00F261BE"/>
     <w:rsid w:val="00F4010B"/>
     <w:rsid w:val="00F41804"/>
     <w:rsid w:val="00F42649"/>
     <w:rsid w:val="00F4438B"/>
     <w:rsid w:val="00F44E90"/>
     <w:rsid w:val="00F46739"/>
     <w:rsid w:val="00F47905"/>
     <w:rsid w:val="00F53018"/>
     <w:rsid w:val="00F5382C"/>
     <w:rsid w:val="00F64702"/>
     <w:rsid w:val="00F731FA"/>
     <w:rsid w:val="00F772EE"/>
     <w:rsid w:val="00F806F8"/>
     <w:rsid w:val="00F8443C"/>
     <w:rsid w:val="00F85AA9"/>
     <w:rsid w:val="00F86DAD"/>
     <w:rsid w:val="00F90B8A"/>
     <w:rsid w:val="00F930F7"/>
     <w:rsid w:val="00FA5C5A"/>
     <w:rsid w:val="00FB01AB"/>
     <w:rsid w:val="00FB1D13"/>
     <w:rsid w:val="00FB5145"/>
     <w:rsid w:val="00FD6DA4"/>
     <w:rsid w:val="00FD7BAA"/>
@@ -14308,51 +15092,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006F2940"/>
+    <w:rsid w:val="004217B8"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Heading2"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003719AD"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:spacing w:after="120" w:line="320" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
@@ -14504,51 +15288,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGridLight">
     <w:name w:val="Grid Table Light"/>
@@ -26186,51 +26969,51 @@
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention2">
     <w:name w:val="Unresolved Mention2"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008654F1"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00914D68"/>
+    <w:rsid w:val="006E1047"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="434136256">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="7946432">
@@ -26349,98 +27132,124 @@
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
                     <w:div w:id="188422533">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1205093499">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1341854933">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1577007613">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1830825535">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1915504308">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:ca4aa474-826d-4762-a50c-526356adcd59/R_Ethikkommission_00.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:5ae55aeb-c878-4fb1-bdf6-a5edd20a7ad0/DOK_Wegleitung_KFE_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://researchdata.unibas.ch/en/storage/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:c624594c-21b2-499a-ad61-0efc96cb49b1/UEK_Template_Information_and_Consent_24022025_iw.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:d33afcaa-392c-4b7c-af31-93acf8d231ac/R_Research%20Ethics%20Committee_EN_01.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/en/Research/Values-Ethics/Research-Ethics-Committee/Research-Ethics-Glossary.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:e1d22ba1-ecd9-4664-804f-0c75a3769e14/R_besonders%20risikobehaftete%20Forschung_EN_01.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/records/15836286" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:ca4aa474-826d-4762-a50c-526356adcd59/R_Ethikkommission_00.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:e6f1547f-82f8-435a-a508-b4c8a5007fe9/R_besonders%20risikobehaftete%20Forschung_00.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:f454c676-791a-4624-89d0-de8192bd5ffc/KFE_Risk%20Assessment%20Plan_Template_2025.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kfe@unibas.ch" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/records/15836166" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:d33afcaa-392c-4b7c-af31-93acf8d231ac/R_Research%20Ethics%20Committee_EN_01.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/en/Research/Values-Ethics/Research-Ethics-Committee/Research-Ethics-Glossary.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:e1d22ba1-ecd9-4664-804f-0c75a3769e14/R_besonders%20risikobehaftete%20Forschung_EN_01.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:ca4aa474-826d-4762-a50c-526356adcd59/R_Ethikkommission_00.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:5ae55aeb-c878-4fb1-bdf6-a5edd20a7ad0/DOK_Wegleitung_KFE_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:c71156e3-869f-408f-a6e9-d38ce390461f/R_besonders%20risikobehaftete%20Forschung_EN_01.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/records/15836166" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:08adc996-e2db-4974-b861-0257107b2df8/Reglement_KFE_EN_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:e6f1547f-82f8-435a-a508-b4c8a5007fe9/R_besonders%20risikobehaftete%20Forschung_01.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:f454c676-791a-4624-89d0-de8192bd5ffc/KFE_Risk%20Assessment%20Plan_Template_2025.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/en/Research/Values-Ethics/Research-Ethics-Committee/Research-Ethics-Glossary.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://researchdata.unibas.ch/en/storage/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:ca4aa474-826d-4762-a50c-526356adcd59/R_Ethikkommission_01.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:e1d22ba1-ecd9-4664-804f-0c75a3769e14/R_besonders%20risikobehaftete%20Forschung_EN_01.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/en/Research/Values-Ethics/Research-Ethics-Committee/Research-Ethics-Glossary.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:ffb5060e-d5bc-4662-b576-f80d6a0b97f9/KFE_Information_and_Consent_Template_20251001.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kfe@unibas.ch" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/en/Research/Values-Ethics/Research-Ethics-Committee/Research-Ethics-Glossary.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:d33afcaa-392c-4b7c-af31-93acf8d231ac/R_Research%20Ethics%20Committee_EN_01.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/en/Research/Values-Ethics/Research-Ethics-Committee/Research-Ethics-Glossary.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/records/15836286" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -26828,79 +27637,50 @@
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B0B0F364-B6D5-440F-9268-BECBE19DD6E4}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0088219F" w:rsidRDefault="00D959DE" w:rsidP="00D959DE">
           <w:pPr>
             <w:pStyle w:val="4FDD4EB1FA7642CABEECBE829316C87C2"/>
           </w:pPr>
           <w:r w:rsidRPr="0038169E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="E62B23C224884C218B078CB88333C2DB"/>
-[...27 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="56789B08ACB3420C840D289C798EA37D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1B8DB545-BE21-4C62-9746-19B4A1999554}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00B923B2" w:rsidRDefault="00D959DE" w:rsidP="00D959DE">
           <w:pPr>
             <w:pStyle w:val="56789B08ACB3420C840D289C798EA37D2"/>
           </w:pPr>
           <w:r w:rsidRPr="00D100F3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
@@ -26975,50 +27755,470 @@
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DB06B4BC-2C4A-442B-B539-DD738F0C87B7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00EB2EDC" w:rsidRDefault="00961A41" w:rsidP="00961A41">
           <w:pPr>
             <w:pStyle w:val="02252C273BB84FFCB14A24135DF3C419"/>
           </w:pPr>
           <w:r w:rsidRPr="007B5CD0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E9ECEAC0839F4D63B7DC1890C2A6993E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6FB09F93-1C68-49C5-9BE3-C728AC5D08EE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="005C5F75" w:rsidP="005C5F75">
+          <w:pPr>
+            <w:pStyle w:val="E9ECEAC0839F4D63B7DC1890C2A6993E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007B5CD0">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B6DC8ABAF21240FDBC4673F74574F627"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0D9415E1-1DFE-4F89-B47F-9BC189F147C0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="005C5F75" w:rsidP="005C5F75">
+          <w:pPr>
+            <w:pStyle w:val="B6DC8ABAF21240FDBC4673F74574F627"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007B5CD0">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="84556BFBF8714FCCB8224E23B42BE312"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E99FF88B-2AE4-488A-9587-C2B8945DCE63}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="005C5F75" w:rsidP="005C5F75">
+          <w:pPr>
+            <w:pStyle w:val="84556BFBF8714FCCB8224E23B42BE312"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007B5CD0">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6BE84DDB787E4632B19DCA4277FA57F3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7EC18126-356F-4B8B-B9FB-9DDAB6425DF6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="005C5F75" w:rsidP="005C5F75">
+          <w:pPr>
+            <w:pStyle w:val="6BE84DDB787E4632B19DCA4277FA57F3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007B5CD0">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B157254D9C8D4B788F39EAC04BD4E79B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9BD45468-59C3-4789-89CF-A7EAAF89F1B4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="005C5F75" w:rsidP="005C5F75">
+          <w:pPr>
+            <w:pStyle w:val="B157254D9C8D4B788F39EAC04BD4E79B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E139E6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FE03AC15335945C18DB6A3D5A6918AEC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{835933CF-EC8D-4795-8C9B-D5CD34124F23}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="005C5F75" w:rsidP="005C5F75">
+          <w:pPr>
+            <w:pStyle w:val="FE03AC15335945C18DB6A3D5A6918AEC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E139E6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C45354D516334482A6C871C451BCDDEC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{54A8737F-11A9-43CC-A858-5343ED3C95A6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="005C5F75" w:rsidP="005C5F75">
+          <w:pPr>
+            <w:pStyle w:val="C45354D516334482A6C871C451BCDDEC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E139E6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F2F8FA1BE4F44F6190CF6B33C954C882"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F149F6E2-8AF0-4574-9F9D-1465B0C99C31}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="005C5F75" w:rsidP="005C5F75">
+          <w:pPr>
+            <w:pStyle w:val="F2F8FA1BE4F44F6190CF6B33C954C882"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E139E6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2BBA8AA31B914BE5832A8C902BBEC777"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{995F14B8-D630-4160-B9AC-6202629CCB1E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="005C5F75" w:rsidP="005C5F75">
+          <w:pPr>
+            <w:pStyle w:val="2BBA8AA31B914BE5832A8C902BBEC777"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E139E6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3EC29DEE0E104829B5C148D88ACD6F8D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{94838DC9-6C14-44D7-A5FE-AA8D0D396862}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="005C5F75" w:rsidP="005C5F75">
+          <w:pPr>
+            <w:pStyle w:val="3EC29DEE0E104829B5C148D88ACD6F8D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E139E6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="334491EE1EDB48A5B1E90E0433F988FB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D542940B-2561-45E4-9B3D-7DB738E92F0C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="005C5F75" w:rsidP="005C5F75">
+          <w:pPr>
+            <w:pStyle w:val="334491EE1EDB48A5B1E90E0433F988FB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E139E6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F66E6375A4194C94922AE8A9C6B6422D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D1B69C5A-4530-493D-83F7-209C30FABCDF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="005C5F75" w:rsidP="005C5F75">
+          <w:pPr>
+            <w:pStyle w:val="F66E6375A4194C94922AE8A9C6B6422D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E139E6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3AC2676196844D74AE897098D8835B2B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{24EC2E4D-CBD6-4B92-8674-ACD2EA038446}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="005C5F75" w:rsidP="005C5F75">
+          <w:pPr>
+            <w:pStyle w:val="3AC2676196844D74AE897098D8835B2B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E139E6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4EB662E7061C4001A9D86442CE299F1B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C703B628-3AA0-4826-8244-4639681CEA78}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="005C5F75" w:rsidP="005C5F75">
+          <w:pPr>
+            <w:pStyle w:val="4EB662E7061C4001A9D86442CE299F1B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E139E6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -27078,71 +28278,75 @@
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FA69D9"/>
     <w:rsid w:val="00010BF3"/>
     <w:rsid w:val="00044892"/>
     <w:rsid w:val="00096830"/>
     <w:rsid w:val="000A12C1"/>
     <w:rsid w:val="001A36A1"/>
     <w:rsid w:val="00263A45"/>
     <w:rsid w:val="00297318"/>
+    <w:rsid w:val="00314AC8"/>
     <w:rsid w:val="003410A4"/>
+    <w:rsid w:val="00391EC6"/>
     <w:rsid w:val="0044737C"/>
     <w:rsid w:val="004A331E"/>
+    <w:rsid w:val="004C0B30"/>
     <w:rsid w:val="004E6BD3"/>
     <w:rsid w:val="00502CDE"/>
     <w:rsid w:val="005A4947"/>
+    <w:rsid w:val="005C5F75"/>
     <w:rsid w:val="00700667"/>
     <w:rsid w:val="0072485C"/>
-    <w:rsid w:val="00756934"/>
     <w:rsid w:val="007B4EF8"/>
     <w:rsid w:val="007D78DC"/>
     <w:rsid w:val="00841572"/>
     <w:rsid w:val="0087215D"/>
     <w:rsid w:val="0088219F"/>
     <w:rsid w:val="008F1047"/>
     <w:rsid w:val="009329C0"/>
     <w:rsid w:val="00961A41"/>
+    <w:rsid w:val="00986828"/>
     <w:rsid w:val="00A455FC"/>
-    <w:rsid w:val="00A67D88"/>
     <w:rsid w:val="00B923B2"/>
-    <w:rsid w:val="00C46869"/>
+    <w:rsid w:val="00BA03DD"/>
+    <w:rsid w:val="00CD6474"/>
     <w:rsid w:val="00D63DD3"/>
     <w:rsid w:val="00D71A03"/>
     <w:rsid w:val="00D72635"/>
     <w:rsid w:val="00D959DE"/>
     <w:rsid w:val="00DA6635"/>
     <w:rsid w:val="00DB59BE"/>
     <w:rsid w:val="00E22EAA"/>
     <w:rsid w:val="00E453B9"/>
     <w:rsid w:val="00E833B1"/>
     <w:rsid w:val="00EB2EDC"/>
     <w:rsid w:val="00F46739"/>
     <w:rsid w:val="00F64702"/>
     <w:rsid w:val="00FA69D9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -27567,51 +28771,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00961A41"/>
+    <w:rsid w:val="005C5F75"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E62B23C224884C218B078CB88333C2DB">
     <w:name w:val="E62B23C224884C218B078CB88333C2DB"/>
     <w:rsid w:val="00D959DE"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="43F6D0E566C14956A04F0FCA196A7A202">
     <w:name w:val="43F6D0E566C14956A04F0FCA196A7A202"/>
     <w:rsid w:val="00D959DE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDE0337F339E4EF9BDC8F67FA92A224D2">
     <w:name w:val="BDE0337F339E4EF9BDC8F67FA92A224D2"/>
@@ -27825,50 +29029,126 @@
     <w:name w:val="BCF6E738720748028453F44F9D00128D"/>
     <w:rsid w:val="00961A41"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="02252C273BB84FFCB14A24135DF3C419">
     <w:name w:val="02252C273BB84FFCB14A24135DF3C419"/>
     <w:rsid w:val="00961A41"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A2DFEFC96C3B40A3A769535466E890C8">
+    <w:name w:val="A2DFEFC96C3B40A3A769535466E890C8"/>
+    <w:rsid w:val="005C5F75"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="88E430ABE7B34990ACE33EEDCB96909F">
+    <w:name w:val="88E430ABE7B34990ACE33EEDCB96909F"/>
+    <w:rsid w:val="005C5F75"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EF83B732A1864A0AB8CFE13FBF5405DF">
+    <w:name w:val="EF83B732A1864A0AB8CFE13FBF5405DF"/>
+    <w:rsid w:val="005C5F75"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="075DA4D5692940FBA0016FF66B00070E">
+    <w:name w:val="075DA4D5692940FBA0016FF66B00070E"/>
+    <w:rsid w:val="005C5F75"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E9ECEAC0839F4D63B7DC1890C2A6993E">
+    <w:name w:val="E9ECEAC0839F4D63B7DC1890C2A6993E"/>
+    <w:rsid w:val="005C5F75"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B6DC8ABAF21240FDBC4673F74574F627">
+    <w:name w:val="B6DC8ABAF21240FDBC4673F74574F627"/>
+    <w:rsid w:val="005C5F75"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="84556BFBF8714FCCB8224E23B42BE312">
+    <w:name w:val="84556BFBF8714FCCB8224E23B42BE312"/>
+    <w:rsid w:val="005C5F75"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6BE84DDB787E4632B19DCA4277FA57F3">
+    <w:name w:val="6BE84DDB787E4632B19DCA4277FA57F3"/>
+    <w:rsid w:val="005C5F75"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B157254D9C8D4B788F39EAC04BD4E79B">
+    <w:name w:val="B157254D9C8D4B788F39EAC04BD4E79B"/>
+    <w:rsid w:val="005C5F75"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FE03AC15335945C18DB6A3D5A6918AEC">
+    <w:name w:val="FE03AC15335945C18DB6A3D5A6918AEC"/>
+    <w:rsid w:val="005C5F75"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C45354D516334482A6C871C451BCDDEC">
+    <w:name w:val="C45354D516334482A6C871C451BCDDEC"/>
+    <w:rsid w:val="005C5F75"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F2F8FA1BE4F44F6190CF6B33C954C882">
+    <w:name w:val="F2F8FA1BE4F44F6190CF6B33C954C882"/>
+    <w:rsid w:val="005C5F75"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2BBA8AA31B914BE5832A8C902BBEC777">
+    <w:name w:val="2BBA8AA31B914BE5832A8C902BBEC777"/>
+    <w:rsid w:val="005C5F75"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3EC29DEE0E104829B5C148D88ACD6F8D">
+    <w:name w:val="3EC29DEE0E104829B5C148D88ACD6F8D"/>
+    <w:rsid w:val="005C5F75"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="334491EE1EDB48A5B1E90E0433F988FB">
+    <w:name w:val="334491EE1EDB48A5B1E90E0433F988FB"/>
+    <w:rsid w:val="005C5F75"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A91B9BB2185046408C4D24C7A029FDD9">
+    <w:name w:val="A91B9BB2185046408C4D24C7A029FDD9"/>
+    <w:rsid w:val="005C5F75"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F66E6375A4194C94922AE8A9C6B6422D">
+    <w:name w:val="F66E6375A4194C94922AE8A9C6B6422D"/>
+    <w:rsid w:val="005C5F75"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3AC2676196844D74AE897098D8835B2B">
+    <w:name w:val="3AC2676196844D74AE897098D8835B2B"/>
+    <w:rsid w:val="005C5F75"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4EB662E7061C4001A9D86442CE299F1B">
+    <w:name w:val="4EB662E7061C4001A9D86442CE299F1B"/>
+    <w:rsid w:val="005C5F75"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa-Design">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -28054,86 +29334,86 @@
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8AFA43DC-FA95-45A5-8C5C-B0DD1C032854}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6AAAAFAE-7E68-4475-86FF-44E9E5B45DF6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2091</Words>
-  <Characters>13179</Characters>
+  <Words>2187</Words>
+  <Characters>13781</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>109</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>114</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Universität Basel</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15240</CharactersWithSpaces>
+  <CharactersWithSpaces>15937</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Marianne Médico</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>