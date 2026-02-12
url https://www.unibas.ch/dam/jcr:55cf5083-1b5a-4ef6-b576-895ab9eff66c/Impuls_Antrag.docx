--- v0 (2025-11-04)
+++ v1 (2026-02-12)
@@ -103,139 +103,156 @@
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD7643">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19CFD9C9" w14:textId="2A7810D1" w:rsidR="00971085" w:rsidRPr="00BD7643" w:rsidRDefault="00971085" w:rsidP="00971085">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55E2A373" w14:textId="1CD666D5" w:rsidR="00971085" w:rsidRDefault="00971085" w:rsidP="00971085">
+    <w:p w14:paraId="55E2A373" w14:textId="2AB99FF6" w:rsidR="00971085" w:rsidRDefault="00971085" w:rsidP="00971085">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD7643">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Jede Lehrveranstaltung hat ihre individuellen Eigenschaften. Sollten Sie Fragen zum Antrag haben oder </w:t>
       </w:r>
       <w:r w:rsidRPr="007028C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Unterstützung benötigen, können Sie die Projektleitung vom F</w:t>
       </w:r>
       <w:r w:rsidR="005946A1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">örderprogramm IMPULS, </w:t>
       </w:r>
+      <w:r w:rsidR="00396332">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Carina Weingaertner</w:t>
+      </w:r>
       <w:r w:rsidR="00B83418">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Katharina Blaurock, kontaktieren</w:t>
+        <w:t>, kontaktieren</w:t>
       </w:r>
       <w:r w:rsidRPr="00E631A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="0006737D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>carina.weingaertner</w:t>
       </w:r>
       <w:r w:rsidR="00082EAB" w:rsidRPr="00E631A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>@unibas.ch</w:t>
       </w:r>
       <w:r w:rsidR="009A1D49">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> oder Tel. </w:t>
       </w:r>
       <w:r w:rsidR="009A1D49">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>061 207</w:t>
+      </w:r>
+      <w:r w:rsidR="00396332">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0006737D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>65 51</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD7643">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B5D6F21" w14:textId="47753454" w:rsidR="009842B3" w:rsidRDefault="009842B3" w:rsidP="00971085">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1327,77 +1344,59 @@
         </w:rPr>
         <w:t>die geplante Projektumsetzung in Ihrer Lehrveranstaltung</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Gehen Sie dabei bitte darauf ein</w:t>
       </w:r>
       <w:r w:rsidR="00542952">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, wie die Praxispartner dabei einbezogen werden und wie Sie die Studierenden bei der Projektumsetzung unterstützen können/möchten.</w:t>
       </w:r>
       <w:r w:rsidR="00216429">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Konkrete Projektideen, sowie –</w:t>
-[...8 lines deleted...]
-        <w:t>p</w:t>
+        <w:t xml:space="preserve"> Konkrete Projektideen, sowie –p</w:t>
       </w:r>
       <w:r w:rsidR="00542952">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>artner</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> können ebenfalls genannt werden</w:t>
+        <w:t>artner können ebenfalls genannt werden</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Bitte beachten Sie dazu die</w:t>
       </w:r>
       <w:r w:rsidR="00216429">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Angaben</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in der Wegleitung.</w:t>
       </w:r>
@@ -1520,65 +1519,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Was verstehen Sie im Kontext der Lehrveranstaltung unter einer nachhaltigen Entwicklung? </w:t>
       </w:r>
       <w:r w:rsidR="00B0671C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Welche Wirkung wollen Sie mit der Umsetzung</w:t>
       </w:r>
       <w:r w:rsidR="00AC3C2A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ihrer Lehrveranstaltung erreichen?</w:t>
       </w:r>
       <w:r w:rsidR="00AC3C2A" w:rsidRPr="00AC3C2A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC3C2A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Wie werden die Studierenden in Ihrer Lehrveranstaltung zu Change </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> für Nachhaltige Entwicklung ausgebildet (Bspw. besondere Massnahmen, etc.)</w:t>
+        <w:t>Wie werden die Studierenden in Ihrer Lehrveranstaltung zu Change Agents für Nachhaltige Entwicklung ausgebildet (Bspw. besondere Massnahmen, etc.)</w:t>
       </w:r>
       <w:r w:rsidR="00331034">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="00216429">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00216429" w:rsidRPr="00216429">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Hier soll nur ein grober Rahmen beschrieben werden. Gerne unterstützt Sie Impuls bei der Erarbeitung dieser Themen.</w:t>
       </w:r>
       <w:r w:rsidR="00216429" w:rsidRPr="00216429">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br/>
         <w:t>(maximal 2500 Zeichen)</w:t>
@@ -1635,276 +1620,205 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7837513A" w14:textId="1E8E58AE" w:rsidR="00A02EEC" w:rsidRDefault="00216429" w:rsidP="00216429">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00216429">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Impuls </w:t>
-[...28 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Impuls meets Eucor-EPICUR</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="55ECBBC3" w14:textId="739C782A" w:rsidR="00216429" w:rsidRDefault="00216429" w:rsidP="00216429">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00216429">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Impuls-Förderung kann durch eine Zusammenarbeit mit den </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00516CFA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
-          <w:t xml:space="preserve">Europäischen Universitätsallianzen </w:t>
+          <w:t>Europäischen Universitätsallianzen Eucor-EPICUR</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00216429">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ergänzt werden. Dafür kann eine zusätzliche finanzielle Unterstützung in Höhe von CHF 1'000 in Anspruch genommen werden. Für Informationen zu den Voraussetzungen konsultieren Sie bitte die Wegleitung auf der Impuls Webseite. Die Details der Integration von </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> werden vor Beginn der Lehrveranstaltung mit der Impuls Projektleitung definiert.</w:t>
+        <w:t xml:space="preserve"> ergänzt werden. Dafür kann eine zusätzliche finanzielle Unterstützung in Höhe von CHF 1'000 in Anspruch genommen werden. Für Informationen zu den Voraussetzungen konsultieren Sie bitte die Wegleitung auf der Impuls Webseite. Die Details der Integration von Eucor-EPICUR werden vor Beginn der Lehrveranstaltung mit der Impuls Projektleitung definiert.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3092F9B8" w14:textId="5EA4545B" w:rsidR="00216429" w:rsidRDefault="00216429" w:rsidP="00216429">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00216429">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Möchten Sie für Ihre Lehrveranstaltung die Zusammenarbeit mit </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> nutzen?</w:t>
+        <w:t>Möchten Sie für Ihre Lehrveranstaltung die Zusammenarbeit mit Eucor-EPICUR nutzen?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61451F18" w14:textId="61BEC45F" w:rsidR="00216429" w:rsidRDefault="00216429" w:rsidP="00216429">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E806C37" w14:textId="6EE8B6FA" w:rsidR="00216429" w:rsidRPr="00216429" w:rsidRDefault="0006737D" w:rsidP="00216429">
+    <w:p w14:paraId="6E806C37" w14:textId="6EE8B6FA" w:rsidR="00216429" w:rsidRPr="00216429" w:rsidRDefault="00396332" w:rsidP="00216429">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="1511174635"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00216429">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00216429" w:rsidRPr="00216429">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ja</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A580852" w14:textId="4C5DEED5" w:rsidR="00216429" w:rsidRPr="00216429" w:rsidRDefault="0006737D" w:rsidP="00216429">
+    <w:p w14:paraId="7A580852" w14:textId="4C5DEED5" w:rsidR="00216429" w:rsidRPr="00216429" w:rsidRDefault="00396332" w:rsidP="00216429">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="313450101"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00216429">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00216429" w:rsidRPr="00216429">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Nein</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DF73611" w14:textId="71D832F8" w:rsidR="00216429" w:rsidRPr="00216429" w:rsidRDefault="0006737D" w:rsidP="00216429">
+    <w:p w14:paraId="6DF73611" w14:textId="71D832F8" w:rsidR="00216429" w:rsidRPr="00216429" w:rsidRDefault="00396332" w:rsidP="00216429">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="2119257968"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00216429">
             <w:rPr>
@@ -2333,51 +2247,51 @@
     </w:tbl>
     <w:p w14:paraId="11F4C566" w14:textId="76E52E14" w:rsidR="00F1015F" w:rsidRDefault="00F1015F" w:rsidP="003F4F07">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5125BA90" w14:textId="294B316E" w:rsidR="007B44E0" w:rsidRDefault="007B44E0" w:rsidP="003F4F07">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F549F45" w14:textId="41A1626F" w:rsidR="007B44E0" w:rsidRPr="007B44E0" w:rsidRDefault="0006737D" w:rsidP="007B44E0">
+    <w:p w14:paraId="3F549F45" w14:textId="41A1626F" w:rsidR="007B44E0" w:rsidRPr="007B44E0" w:rsidRDefault="00396332" w:rsidP="007B44E0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:lang w:eastAsia="de-CH"/>
           </w:rPr>
           <w:id w:val="544028684"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B83418">
@@ -2574,51 +2488,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00971085">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Erklärung</w:t>
       </w:r>
       <w:r w:rsidR="00EA0379" w:rsidRPr="00971085">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D64FCF8" w14:textId="6759361B" w:rsidR="00B570D1" w:rsidRPr="007028C0" w:rsidRDefault="0006737D" w:rsidP="00220EAD">
+    <w:p w14:paraId="2D64FCF8" w14:textId="6759361B" w:rsidR="00B570D1" w:rsidRPr="007028C0" w:rsidRDefault="00396332" w:rsidP="00220EAD">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-194303211"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
@@ -2757,51 +2671,51 @@
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>IMPULS</w:t>
       </w:r>
       <w:r w:rsidR="00B570D1" w:rsidRPr="007028C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> umgesetzt wird, erhalte und akzeptiere ich die finanzie</w:t>
       </w:r>
       <w:r w:rsidR="00216429">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>lle und fachliche Unterstützung.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16497171" w14:textId="661010A8" w:rsidR="00B570D1" w:rsidRPr="00BD7643" w:rsidRDefault="0006737D" w:rsidP="00220EAD">
+    <w:p w14:paraId="16497171" w14:textId="661010A8" w:rsidR="00B570D1" w:rsidRPr="00BD7643" w:rsidRDefault="00396332" w:rsidP="00220EAD">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1469589960"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
@@ -2844,51 +2758,51 @@
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B83418" w:rsidRPr="0022565A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B570D1" w:rsidRPr="00BD7643">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>öffentlich gemacht werden.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="081545A7" w14:textId="77777777" w:rsidR="00216429" w:rsidRDefault="0006737D" w:rsidP="00220EAD">
+    <w:p w14:paraId="081545A7" w14:textId="77777777" w:rsidR="00216429" w:rsidRDefault="00396332" w:rsidP="00220EAD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1724479406"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
@@ -2990,91 +2904,91 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Besten Dank für Ihre Bewerbung! Wir melden uns bald bei Ihnen!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EF592A3" w14:textId="77777777" w:rsidR="00CA591B" w:rsidRPr="00BD7643" w:rsidRDefault="00CA591B" w:rsidP="00220EAD">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E075A58" w14:textId="7A53FD8A" w:rsidR="00590FFA" w:rsidRPr="00BD7643" w:rsidRDefault="00E07C4C" w:rsidP="00220EAD">
+    <w:p w14:paraId="6E075A58" w14:textId="02C090BC" w:rsidR="00590FFA" w:rsidRPr="00BD7643" w:rsidRDefault="00E07C4C" w:rsidP="00220EAD">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD7643">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sollten Sie</w:t>
       </w:r>
       <w:r w:rsidR="009271D1" w:rsidRPr="00BD7643">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fragen</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD7643">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> zur Antragstellung haben oder Unterstützung benötigen, setzen Sie sich mit </w:t>
       </w:r>
-      <w:r w:rsidR="00B83418">
-[...5 lines deleted...]
-        <w:t>Katharina Blaurock</w:t>
+      <w:r w:rsidR="00396332">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Carina Weingaertner</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD7643">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Verbindung (</w:t>
       </w:r>
       <w:r w:rsidR="0006737D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>carina.weingaertner</w:t>
       </w:r>
       <w:r w:rsidR="00082EAB" w:rsidRPr="00082EAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -5535,58 +5449,57 @@
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="147863150">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="152333821">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1492067149">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="290987363">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="620307864">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="2002846528">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-CH" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-CH" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A158A6"/>
     <w:rsid w:val="00014E9E"/>
     <w:rsid w:val="00031A66"/>
     <w:rsid w:val="000444AD"/>
     <w:rsid w:val="0006737D"/>
@@ -5601,81 +5514,83 @@
     <w:rsid w:val="001537FE"/>
     <w:rsid w:val="001664F3"/>
     <w:rsid w:val="001A44B5"/>
     <w:rsid w:val="001E5A5C"/>
     <w:rsid w:val="001F3F94"/>
     <w:rsid w:val="00200220"/>
     <w:rsid w:val="00216429"/>
     <w:rsid w:val="00220EAD"/>
     <w:rsid w:val="0022565A"/>
     <w:rsid w:val="00227967"/>
     <w:rsid w:val="00232556"/>
     <w:rsid w:val="00245DDD"/>
     <w:rsid w:val="00246690"/>
     <w:rsid w:val="00247204"/>
     <w:rsid w:val="0025619E"/>
     <w:rsid w:val="00262149"/>
     <w:rsid w:val="00277604"/>
     <w:rsid w:val="002E0611"/>
     <w:rsid w:val="00300B2E"/>
     <w:rsid w:val="00330FB1"/>
     <w:rsid w:val="00331034"/>
     <w:rsid w:val="0033218E"/>
     <w:rsid w:val="00375EFB"/>
     <w:rsid w:val="00382C98"/>
     <w:rsid w:val="00395954"/>
+    <w:rsid w:val="00396332"/>
     <w:rsid w:val="003A04EC"/>
     <w:rsid w:val="003B13F6"/>
     <w:rsid w:val="003E538A"/>
     <w:rsid w:val="003F4F07"/>
     <w:rsid w:val="00423E9E"/>
     <w:rsid w:val="0045077D"/>
     <w:rsid w:val="004618A2"/>
     <w:rsid w:val="00490C57"/>
     <w:rsid w:val="00494268"/>
     <w:rsid w:val="00494920"/>
     <w:rsid w:val="004A1FD4"/>
     <w:rsid w:val="004B756F"/>
     <w:rsid w:val="004B78FB"/>
     <w:rsid w:val="004E572F"/>
     <w:rsid w:val="004E798B"/>
     <w:rsid w:val="004F1DFA"/>
     <w:rsid w:val="004F6902"/>
     <w:rsid w:val="00516CFA"/>
     <w:rsid w:val="00535E01"/>
     <w:rsid w:val="00542952"/>
     <w:rsid w:val="0054400F"/>
     <w:rsid w:val="00560661"/>
     <w:rsid w:val="00561613"/>
     <w:rsid w:val="005678F9"/>
     <w:rsid w:val="005730B2"/>
     <w:rsid w:val="00577BEC"/>
     <w:rsid w:val="00590FFA"/>
     <w:rsid w:val="00593D4F"/>
     <w:rsid w:val="005946A1"/>
     <w:rsid w:val="005C513A"/>
     <w:rsid w:val="005D22A8"/>
+    <w:rsid w:val="006800D2"/>
     <w:rsid w:val="006854C3"/>
     <w:rsid w:val="0069098F"/>
     <w:rsid w:val="006E5F04"/>
     <w:rsid w:val="006F3BB7"/>
     <w:rsid w:val="007028C0"/>
     <w:rsid w:val="00713968"/>
     <w:rsid w:val="007224B5"/>
     <w:rsid w:val="00731511"/>
     <w:rsid w:val="00755F02"/>
     <w:rsid w:val="007817DA"/>
     <w:rsid w:val="007A31DF"/>
     <w:rsid w:val="007A395C"/>
     <w:rsid w:val="007A4492"/>
     <w:rsid w:val="007B44E0"/>
     <w:rsid w:val="007B652A"/>
     <w:rsid w:val="007C2A2C"/>
     <w:rsid w:val="007D6764"/>
     <w:rsid w:val="007F749D"/>
     <w:rsid w:val="00811F39"/>
     <w:rsid w:val="008206AB"/>
     <w:rsid w:val="00844092"/>
     <w:rsid w:val="008D684C"/>
     <w:rsid w:val="008F7A58"/>
     <w:rsid w:val="00922DCC"/>
     <w:rsid w:val="009271D1"/>
@@ -8390,76 +8305,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>783</Words>
-  <Characters>4937</Characters>
+  <Words>784</Words>
+  <Characters>4940</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>41</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Universität Basel</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5709</CharactersWithSpaces>
+  <CharactersWithSpaces>5713</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Franziska Kastner</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>