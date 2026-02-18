--- v0 (2025-11-01)
+++ v1 (2026-02-18)
@@ -1,168 +1,178 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
-  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="036D8875" w14:textId="77777777" w:rsidR="008916E8" w:rsidRPr="003F2DB5" w:rsidRDefault="004C0870">
       <w:pPr>
-        <w:pStyle w:val="berschrift1"/>
+        <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4821"/>
           <w:tab w:val="left" w:pos="8250"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003F2DB5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Ethics Self-Assessment Questionnaire for Researchers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C18A961" w14:textId="4D20092C" w:rsidR="008916E8" w:rsidRPr="003F2DB5" w:rsidRDefault="004C0870" w:rsidP="00000B34">
-[...1 lines deleted...]
-        <w:pStyle w:val="berschrift1"/>
+    <w:p w14:paraId="1C18A961" w14:textId="2D1FAF96" w:rsidR="008916E8" w:rsidRPr="003F2DB5" w:rsidRDefault="004C0870" w:rsidP="00000B34">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4821"/>
           <w:tab w:val="left" w:pos="8250"/>
         </w:tabs>
         <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2DB5">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Version 2025</w:t>
       </w:r>
       <w:r w:rsidR="00067E8C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>10</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A77712">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2585">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>203</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2DB5">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>, iw</w:t>
-      </w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F2DB5">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>iw</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="79269C8A" w14:textId="77777777" w:rsidR="008916E8" w:rsidRDefault="004C0870">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="319" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="361"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PURPOSE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4108F45D" w14:textId="19FE3AF5" w:rsidR="00DA3379" w:rsidRPr="00DA3379" w:rsidRDefault="004C0870" w:rsidP="00DA3379">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="363"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Ethics Self-Assessment Questionnaire has an informative, first-orientation purpose to help </w:t>
       </w:r>
       <w:r w:rsidR="003F2DB5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">researchers </w:t>
       </w:r>
       <w:r w:rsidR="003F2DB5" w:rsidRPr="003F2DB5">
         <w:rPr>
@@ -239,57 +249,57 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>kfe@unibas.ch</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="002871E0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="274E7460" w14:textId="77777777" w:rsidR="00DA3379" w:rsidRDefault="00DA3379">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C8B9E0D" w14:textId="677ED22E" w:rsidR="008916E8" w:rsidRDefault="004C0870">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk205540408"/>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>OTA BENE</w:t>
       </w:r>
       <w:r w:rsidR="007A5282" w:rsidRPr="00224F25">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
@@ -326,267 +336,267 @@
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>KFE Regulations § 3 Ziff. 3</w:t>
       </w:r>
       <w:r w:rsidR="000D2F59">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="001751F0">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="733B5387" w14:textId="49D7C19D" w:rsidR="008916E8" w:rsidRDefault="004C0870">
       <w:pPr>
-        <w:pStyle w:val="Listenabsatz"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Research projects</w:t>
       </w:r>
       <w:r w:rsidR="0006682F" w:rsidRPr="0006682F">
         <w:t xml:space="preserve"> that fall within the jurisdiction of the Ethikkommission Nordwest- und Zentralschweiz (EKNZ) according to the Human Research Act (HRA) and the Stem Cell Research Act (StRA)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46005715" w14:textId="24A01677" w:rsidR="008916E8" w:rsidRDefault="004C0870">
       <w:pPr>
-        <w:pStyle w:val="Listenabsatz"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Please contact the </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:tooltip="https://dkf.unibas.ch/en/scientific-services/regulatory-affairs/" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Regulatory Affairs of Department of the Clinical Research</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> and/or consult the website of the </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:tooltip="https://www.eknz.ch/" w:history="1">
         <w:r w:rsidR="002871E0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>EKNZ</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002871E0">
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">nd submit your research project via the portal </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:tooltip="https://submissions.swissethics.ch/en/" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>BASEC</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="62576A6A" w14:textId="11BDA110" w:rsidR="00AD1D31" w:rsidRDefault="00AD1D31">
       <w:pPr>
-        <w:pStyle w:val="Listenabsatz"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Research </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD1D31">
         <w:t>projects involving animals that fall within the jurisdiction of the cantonal veterinary authority of Basel-Stadt according to the Animal Welfare Act (AniWA)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DB5515E" w14:textId="77777777" w:rsidR="008916E8" w:rsidRDefault="004C0870">
       <w:pPr>
-        <w:pStyle w:val="Listenabsatz"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Please contact the</w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:tooltip="https://intranet.unibas.ch/pages/viewpage.action?pageId=357446478&amp;spaceKey=VF&amp;title=Tierschutz%2B3R&amp;showLanguage=en_GB" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> Animal Welfare Office</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:tooltip="mailto:tierschutz-animalwelfare@unibas.ch" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>tierschutz-animalwelfare@unibas.ch</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:tooltip="https://www.bs.ch/gd/veterinaeramt/tierschutz/tierversuche" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>l</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="44619909" w14:textId="74F441FF" w:rsidR="00AD1D31" w:rsidRDefault="00AD1D31">
       <w:pPr>
-        <w:pStyle w:val="Listenabsatz"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Research </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD1D31">
         <w:t xml:space="preserve">projects involving genetic resources that fall within the jurisdiction of the Federal Office for the Environment (FOEN) according to the </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00AD1D31">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Nagoya Protoco</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>l</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="688723A1" w14:textId="7B6E7944" w:rsidR="008916E8" w:rsidRDefault="004C0870">
       <w:pPr>
-        <w:pStyle w:val="Listenabsatz"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Please contact the Research Compliance Office (</w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:tooltip="http://research-compliance@unibas.ch" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>research-compliance@unibas.ch</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="453BC126" w14:textId="37C8E1F2" w:rsidR="00AD1D31" w:rsidRDefault="00AD1D31">
       <w:pPr>
-        <w:pStyle w:val="Listenabsatz"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Research </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD1D31">
         <w:t>projects involving genetically modified organisms (GMOs) that fall within the jurisdiction of the Federal Office for the Environment (FOEN) according to the Containment Ordinance (ContainO), except for projects that fall under the Regulations on Particularly High-Risk Research</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C69E916" w14:textId="6EB4A7E1" w:rsidR="008916E8" w:rsidRDefault="004C0870">
       <w:pPr>
-        <w:pStyle w:val="Listenabsatz"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Please contact the </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Chief Safety Officer</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7EC32788" w14:textId="045EA8E9" w:rsidR="008916E8" w:rsidRDefault="00AD1D31" w:rsidP="00AD1D31">
       <w:pPr>
-        <w:pStyle w:val="Listenabsatz"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Research </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD1D31">
         <w:t>projects that are under review by an ethics committee at another university or research institution or have already been accepted with conditions or rejected.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FD080D9" w14:textId="4D89D3E7" w:rsidR="008916E8" w:rsidRDefault="004C0870">
       <w:pPr>
-        <w:pStyle w:val="Listenabsatz"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Research projects from the Faculty of Psychology</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CEBC2CD" w14:textId="000F4020" w:rsidR="008916E8" w:rsidRDefault="004C0870">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="253" w:lineRule="atLeast"/>
@@ -600,117 +610,117 @@
       <w:r>
         <w:t xml:space="preserve">Please consult the </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:tooltip="https://psychologie.unibas.ch/de/forschung/governance/ethikkommission-der-fakultaet-fuer-psychologie/" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>website of the EKFP</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="63455C9C" w14:textId="77777777" w:rsidR="00DA3379" w:rsidRDefault="00DA3379">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E6D7E97" w14:textId="77777777" w:rsidR="008916E8" w:rsidRDefault="004C0870">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="363"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>QUESTIONNAIRE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08FF2D75" w14:textId="17E0D5B9" w:rsidR="008916E8" w:rsidRDefault="004C0870">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="363"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>following</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> questionnaire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Funotenzeichen"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="22"/>
@@ -723,51 +733,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>help you assess whether your research project needs an ethics approval from the KFE. Please answer the questions to the best of your knowledge, in case of uncertainty don’t hesitate to contact the office of the KFE (</w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:tooltip="mailto:kfe@unibas.ch" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>kfe@unibas.ch</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001751F0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="407FA803" w14:textId="77777777" w:rsidR="008916E8" w:rsidRPr="00DA3379" w:rsidRDefault="004C0870" w:rsidP="00DA3379">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -864,51 +874,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“No”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39C46066" w14:textId="55D33559" w:rsidR="003F2DB5" w:rsidRPr="00DA3379" w:rsidRDefault="004C0870">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="41" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="307"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Your project can be considered ethically conform and no ethics review is needed. Should you require written confirmation of the ethical conformity of your project (e.g. for a publication or a funding application), please submit the research </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ethics application form </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
@@ -988,53 +998,53 @@
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="003F2DB5" w:rsidRPr="00DA3379">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>kfe@unibas.ch</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19A7D015" w14:textId="0C52C234" w:rsidR="008916E8" w:rsidRPr="00DA3379" w:rsidRDefault="004C0870" w:rsidP="00DA3379">
-[...1 lines deleted...]
-        <w:pStyle w:val="berschrift2"/>
+    <w:p w14:paraId="19A7D015" w14:textId="38C6B633" w:rsidR="008916E8" w:rsidRPr="00DA3379" w:rsidRDefault="004C0870" w:rsidP="00DA3379">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_If_you_answer"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -1113,57 +1123,57 @@
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>questions 1-</w:t>
       </w:r>
-      <w:r w:rsidR="00AD1D31" w:rsidRPr="00DA3379">
+      <w:r w:rsidR="00AB2585">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>listed</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1201,51 +1211,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Yes”</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DCAE362" w14:textId="40B5A84A" w:rsidR="00AD1D31" w:rsidRPr="00DA3379" w:rsidRDefault="004C0870">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="41" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="201"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">It is </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>mandatory</w:t>
       </w:r>
@@ -1285,74 +1295,94 @@
         <w:t>2 lit,</w:t>
       </w:r>
       <w:r w:rsidR="002871E0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a-e) to submit your complete ethics </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>application to the office of the KFE (kfe@unibas.ch).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A579F68" w14:textId="5E533978" w:rsidR="004D315D" w:rsidRPr="00DA3379" w:rsidRDefault="00AD1D31" w:rsidP="00DA3379">
-[...1 lines deleted...]
-        <w:pStyle w:val="Textkrper"/>
+    <w:p w14:paraId="1A579F68" w14:textId="0AE93EC3" w:rsidR="004D315D" w:rsidRPr="00DA3379" w:rsidRDefault="00AD1D31" w:rsidP="00DA3379">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="41" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="201"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">If you answer QUESTION number 6 listed below with “Yes”, </w:t>
+        <w:t xml:space="preserve">If you answer QUESTION number </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2585">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3379">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> listed below with “Yes”, </w:t>
       </w:r>
       <w:r w:rsidR="004D315D" w:rsidRPr="00DA3379">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">it is </w:t>
       </w:r>
       <w:r w:rsidR="004D315D" w:rsidRPr="00DA3379">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mandatory </w:t>
       </w:r>
       <w:r w:rsidR="004D315D" w:rsidRPr="00DA3379">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
@@ -1426,53 +1456,53 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00274065" w:rsidRPr="00DA3379">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>For applications to military or military associated funding agencies</w:t>
       </w:r>
       <w:r w:rsidR="004C0B88">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00274065" w:rsidRPr="00DA3379">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> please contact the Grants Office at least 8 weeks before the deadline.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A0C88BF" w14:textId="7FE202A4" w:rsidR="007C0BD7" w:rsidRDefault="004C0870" w:rsidP="00420261">
-[...1 lines deleted...]
-        <w:pStyle w:val="Textkrper"/>
+    <w:p w14:paraId="4A0C88BF" w14:textId="3643B61E" w:rsidR="007C0BD7" w:rsidRDefault="004C0870" w:rsidP="00420261">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="41" w:after="40" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="714" w:right="198" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="007C0BD7" w:rsidSect="007C0BD7">
           <w:headerReference w:type="default" r:id="rId23"/>
           <w:footerReference w:type="default" r:id="rId24"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="2060" w:right="850" w:bottom="960" w:left="1559" w:header="1080" w:footer="776" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="007C0BD7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -1533,59 +1563,69 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C0BD7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">QUESTION </w:t>
       </w:r>
       <w:r w:rsidR="00AD1D31" w:rsidRPr="007C0BD7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">number </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C0BD7">
+      <w:r w:rsidR="00AB2585">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>7 listed below with “Yes”</w:t>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0BD7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> listed below with “Yes”</w:t>
       </w:r>
       <w:r w:rsidR="00AF4457" w:rsidRPr="007C0BD7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00AF4457" w:rsidRPr="007C0BD7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>please contact the office of the KFE for further guidance</w:t>
       </w:r>
       <w:r w:rsidR="004D315D" w:rsidRPr="007C0BD7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -1799,56 +1839,51 @@
             <w:permStart w:id="15498558" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="518393957" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="882855748"/>
             <w:permEnd w:id="1021398873"/>
             <w:permEnd w:id="1849380067"/>
             <w:permEnd w:id="283250248"/>
             <w:r w:rsidRPr="00000B34">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7040" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56BBE927" w14:textId="5E1480BA" w:rsidR="008916E8" w:rsidRPr="00355CB9" w:rsidRDefault="004C0870" w:rsidP="00000B34">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="106"/>
             </w:pPr>
             <w:r w:rsidRPr="00355CB9">
-              <w:t xml:space="preserve">Does your research project </w:t>
-[...4 lines deleted...]
-              <w:t>process ‘</w:t>
+              <w:t>Does your research project process ‘</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:tooltip="https://www.unibas.ch/de/Forschung/Werte-Ethik/Ethikkommission-der-Universitaet-Basel/Research-Ethics-Glossary.html" w:history="1">
               <w:r w:rsidRPr="00355CB9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>sensitive personal data’</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00355CB9">
               <w:t xml:space="preserve"> ‘</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00355CB9">
               <w:t>besondere</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00355CB9">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00355CB9">
               <w:t>Personendaten</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -1894,168 +1929,84 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="615" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63541394" w14:textId="77777777" w:rsidR="008916E8" w:rsidRPr="007C0BD7" w:rsidRDefault="008916E8" w:rsidP="007C0BD7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="243" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="106"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008916E8" w14:paraId="68D09A64" w14:textId="77777777">
-[...88 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="008916E8" w14:paraId="360FF6D9" w14:textId="77777777" w:rsidTr="001751F0">
         <w:trPr>
           <w:trHeight w:val="1055"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25BFCDDD" w14:textId="77777777" w:rsidR="008916E8" w:rsidRPr="00000B34" w:rsidRDefault="004C0870" w:rsidP="00000B34">
+          <w:p w14:paraId="25BFCDDD" w14:textId="151C205A" w:rsidR="008916E8" w:rsidRPr="00000B34" w:rsidRDefault="00AB2585" w:rsidP="00000B34">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="200"/>
               <w:ind w:left="50"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:permStart w:id="1484531479" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
             <w:permStart w:id="1840079721" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="129190272" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="722632620" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
-            <w:permEnd w:id="731976322"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00000B34">
+            <w:permEnd w:id="753887012"/>
+            <w:permEnd w:id="1399326461"/>
+            <w:permEnd w:id="15498558"/>
+            <w:permEnd w:id="518393957"/>
+            <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>4.</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="004C0870" w:rsidRPr="00000B34">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7040" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A496177" w14:textId="77777777" w:rsidR="008916E8" w:rsidRPr="00DA3379" w:rsidRDefault="004C0870">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="244" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="106"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA3379">
               <w:t>Does your research project take place in settings with high risks for the research team, participants or third parties, e.g. projects in war zones, authoritarian or fragile settings?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="615" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C2CE553" w14:textId="77777777" w:rsidR="008916E8" w:rsidRPr="007C0BD7" w:rsidRDefault="008916E8" w:rsidP="007C0BD7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
@@ -2073,70 +2024,76 @@
           <w:tcPr>
             <w:tcW w:w="615" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61668BD9" w14:textId="77777777" w:rsidR="008916E8" w:rsidRPr="007C0BD7" w:rsidRDefault="008916E8" w:rsidP="007C0BD7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="244" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="106"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C0BD7" w14:paraId="6DF64DCD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1039"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D7DB5B5" w14:textId="77777777" w:rsidR="007C0BD7" w:rsidRPr="00000B34" w:rsidRDefault="007C0BD7" w:rsidP="007C0BD7">
+          <w:p w14:paraId="1D7DB5B5" w14:textId="0EA82B6F" w:rsidR="007C0BD7" w:rsidRPr="00000B34" w:rsidRDefault="00AB2585" w:rsidP="007C0BD7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="200"/>
               <w:ind w:left="50"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:permStart w:id="1605833694" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
             <w:permStart w:id="113191758" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="1519087999" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="1587102482" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="1484531479"/>
             <w:permEnd w:id="1840079721"/>
             <w:permEnd w:id="129190272"/>
             <w:permEnd w:id="722632620"/>
-            <w:r w:rsidRPr="00000B34">
+            <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>5.</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="007C0BD7" w:rsidRPr="00000B34">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7040" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AB0902E" w14:textId="77777777" w:rsidR="007C0BD7" w:rsidRPr="00DA3379" w:rsidRDefault="007C0BD7" w:rsidP="007C0BD7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="243" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="133"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA3379">
               <w:t>Does your research project potentially entail high risks for the environment (e.g. release of chemicals or substances or biological material, removal or damage of natural resources etc.)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="615" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62983416" w14:textId="4528AD57" w:rsidR="007C0BD7" w:rsidRPr="007C0BD7" w:rsidRDefault="007C0BD7" w:rsidP="00355CB9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
@@ -2153,73 +2110,79 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="615" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0413281B" w14:textId="77777777" w:rsidR="007C0BD7" w:rsidRPr="007C0BD7" w:rsidRDefault="007C0BD7" w:rsidP="007C0BD7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="243" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C0BD7" w14:paraId="297BD7FC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1039"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D13A1F1" w14:textId="2F8327CA" w:rsidR="007C0BD7" w:rsidRPr="00000B34" w:rsidRDefault="007C0BD7" w:rsidP="007C0BD7">
+          <w:p w14:paraId="1D13A1F1" w14:textId="0F3722C4" w:rsidR="007C0BD7" w:rsidRPr="00000B34" w:rsidRDefault="00AB2585" w:rsidP="007C0BD7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="200"/>
               <w:ind w:left="50"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="701912427" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
             <w:permStart w:id="1942696005" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="1048578880" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="1034225068" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="1605833694"/>
             <w:permEnd w:id="113191758"/>
             <w:permEnd w:id="1519087999"/>
             <w:permEnd w:id="1587102482"/>
-            <w:r w:rsidRPr="00000B34">
+            <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>6.</w:t>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="007C0BD7" w:rsidRPr="00000B34">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7040" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="153866C1" w14:textId="7F0A0EE5" w:rsidR="007C0BD7" w:rsidRPr="00DA3379" w:rsidRDefault="007C0BD7" w:rsidP="007C0BD7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="133"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA3379">
               <w:t>Does your research project fall under the following types of “particularly risky research” (acc.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA3379">
               <w:t xml:space="preserve">to </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidRPr="00355CB9">
@@ -2293,131 +2256,117 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
                 <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
                 <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
                 <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
               </w:pBdr>
               <w:spacing w:line="253" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA3379">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Financed by funding programs or agencies with a military </w:t>
             </w:r>
             <w:r w:rsidRPr="00355CB9">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>connection, military relevance and/or a potential military purpose</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21609CA7" w14:textId="481F56B0" w:rsidR="007C0BD7" w:rsidRPr="00355CB9" w:rsidRDefault="0065327C" w:rsidP="007C0BD7">
+          <w:p w14:paraId="21609CA7" w14:textId="481F56B0" w:rsidR="007C0BD7" w:rsidRPr="00355CB9" w:rsidRDefault="00000000" w:rsidP="007C0BD7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
                 <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
                 <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
                 <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
               </w:pBdr>
               <w:spacing w:line="253" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:tooltip="https://redaktion.unibas.ch/author/de/Forschung/Werte-Ethik/Ethikkommission-der-Universitaet-Basel/Research-Ethics-Glossary.html" w:history="1">
               <w:r w:rsidR="007C0BD7" w:rsidRPr="00355CB9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Dual Use Research of Concern (DURC)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="007C0BD7" w:rsidRPr="00E767F6">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1266732F" w14:textId="281921BF" w:rsidR="007C0BD7" w:rsidRPr="00355CB9" w:rsidRDefault="0065327C" w:rsidP="007C0BD7">
+          <w:p w14:paraId="1266732F" w14:textId="281921BF" w:rsidR="007C0BD7" w:rsidRPr="00355CB9" w:rsidRDefault="00000000" w:rsidP="007C0BD7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
                 <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
                 <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
                 <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
               </w:pBdr>
               <w:spacing w:line="253" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:tooltip="https://redaktion.unibas.ch/author/de/Forschung/Werte-Ethik/Ethikkommission-der-Universitaet-Basel/Research-Ethics-Glossary.html" w:history="1">
               <w:r w:rsidR="00355CB9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Gain-of-Function Research (</w:t>
-[...13 lines deleted...]
-                <w:t>)</w:t>
+                <w:t>Gain-of-Function Research (GoF)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="007C0BD7" w:rsidRPr="00E767F6">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F5D949B" w14:textId="4889805B" w:rsidR="007C0BD7" w:rsidRPr="00DA3379" w:rsidRDefault="0065327C" w:rsidP="007C0BD7">
+          <w:p w14:paraId="7F5D949B" w14:textId="4889805B" w:rsidR="007C0BD7" w:rsidRPr="00DA3379" w:rsidRDefault="00000000" w:rsidP="007C0BD7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
                 <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
                 <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
                 <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
               </w:pBdr>
               <w:spacing w:line="253" w:lineRule="atLeast"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:tooltip="https://redaktion.unibas.ch/author/de/Forschung/Werte-Ethik/Ethikkommission-der-Universitaet-Basel/Research-Ethics-Glossary.html" w:history="1">
               <w:r w:rsidR="007C0BD7" w:rsidRPr="00355CB9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Potential Pandemic Pathogens Research (PPP Research)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2438,73 +2387,79 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="615" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C57A5AD" w14:textId="6FC598F9" w:rsidR="007C0BD7" w:rsidRPr="007C0BD7" w:rsidRDefault="007C0BD7" w:rsidP="007C0BD7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="243" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008916E8" w14:paraId="0D94E79F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1039"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F1994E0" w14:textId="77777777" w:rsidR="008916E8" w:rsidRPr="00000B34" w:rsidRDefault="004C0870" w:rsidP="00000B34">
+          <w:p w14:paraId="0F1994E0" w14:textId="3F92BD73" w:rsidR="008916E8" w:rsidRPr="00000B34" w:rsidRDefault="00AB2585" w:rsidP="00000B34">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="200"/>
               <w:ind w:left="50"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="1314140348" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
             <w:permStart w:id="581583373" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="1417550828" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="904609783" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="701912427"/>
             <w:permEnd w:id="1942696005"/>
             <w:permEnd w:id="1048578880"/>
             <w:permEnd w:id="1034225068"/>
-            <w:r w:rsidRPr="00000B34">
+            <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>7.</w:t>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="004C0870" w:rsidRPr="00000B34">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7040" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6370FCEF" w14:textId="77777777" w:rsidR="008916E8" w:rsidRPr="00DA3379" w:rsidRDefault="004C0870" w:rsidP="00000B34">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="133"/>
             </w:pPr>
             <w:r w:rsidRPr="00DA3379">
               <w:t>Does your project raise ethical concerns for reasons other than those mentioned above (e.g. deception of participants, potential of damage to humans, animals or the environment of another nature)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="615" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00A4596F" w14:textId="77777777" w:rsidR="008916E8" w:rsidRPr="007C0BD7" w:rsidRDefault="008916E8" w:rsidP="007C0BD7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
@@ -2519,51 +2474,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="615" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C07AD6C" w14:textId="77777777" w:rsidR="008916E8" w:rsidRPr="007C0BD7" w:rsidRDefault="008916E8" w:rsidP="007C0BD7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="243" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:permEnd w:id="1314140348"/>
       <w:permEnd w:id="581583373"/>
       <w:permEnd w:id="1417550828"/>
       <w:permEnd w:id="904609783"/>
     </w:tbl>
     <w:p w14:paraId="24868678" w14:textId="77777777" w:rsidR="008916E8" w:rsidRDefault="008916E8">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="41" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="201"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57E17CEA" w14:textId="77777777" w:rsidR="008916E8" w:rsidRDefault="008916E8"/>
     <w:p w14:paraId="0081F640" w14:textId="77777777" w:rsidR="008916E8" w:rsidRDefault="008916E8"/>
     <w:p w14:paraId="14D0B58B" w14:textId="77777777" w:rsidR="008916E8" w:rsidRDefault="008916E8"/>
     <w:p w14:paraId="65EE5FDC" w14:textId="77777777" w:rsidR="008916E8" w:rsidRDefault="008916E8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04E0707D" w14:textId="77777777" w:rsidR="008916E8" w:rsidRDefault="008916E8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2810,176 +2765,162 @@
     </w:p>
     <w:p w14:paraId="26E932C6" w14:textId="5B4DA73A" w:rsidR="003D585C" w:rsidRDefault="003D585C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33EB3D6D" w14:textId="534B8083" w:rsidR="008916E8" w:rsidRPr="00DA3379" w:rsidRDefault="004C0870" w:rsidP="007C0BD7">
       <w:pPr>
         <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3379">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Contact and Links</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BE9584F" w14:textId="26AE1ED6" w:rsidR="008916E8" w:rsidRPr="00DA3379" w:rsidRDefault="0065327C" w:rsidP="007C0BD7">
+    <w:p w14:paraId="3BE9584F" w14:textId="26AE1ED6" w:rsidR="008916E8" w:rsidRPr="00DA3379" w:rsidRDefault="00000000" w:rsidP="007C0BD7">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidR="003F2DB5" w:rsidRPr="00DA3379">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Office of the Research Ethics Committee</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003F2DB5" w:rsidRPr="00DA3379">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004C0870" w:rsidRPr="00DA3379">
         <w:t>KFE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15000C77" w14:textId="6CB3EF07" w:rsidR="008916E8" w:rsidRPr="00DA3379" w:rsidRDefault="0065327C" w:rsidP="007C0BD7">
+    <w:p w14:paraId="15000C77" w14:textId="6CB3EF07" w:rsidR="008916E8" w:rsidRPr="00DA3379" w:rsidRDefault="00000000" w:rsidP="007C0BD7">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidR="003F2DB5" w:rsidRPr="00DA3379">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Research </w:t>
         </w:r>
         <w:r w:rsidR="004C0870" w:rsidRPr="00DA3379">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Compliance Office</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003F2DB5" w:rsidRPr="00DA3379">
         <w:t xml:space="preserve"> RCO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C28736F" w14:textId="656C6EEA" w:rsidR="003F2DB5" w:rsidRPr="00DA3379" w:rsidRDefault="0065327C" w:rsidP="007C0BD7">
+    <w:p w14:paraId="2C28736F" w14:textId="656C6EEA" w:rsidR="003F2DB5" w:rsidRPr="00DA3379" w:rsidRDefault="00000000" w:rsidP="007C0BD7">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidR="003F2DB5" w:rsidRPr="00DA3379">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Data Protection Office</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003F2DB5" w:rsidRPr="00DA3379">
         <w:t xml:space="preserve"> DPO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7665FE56" w14:textId="1F49576E" w:rsidR="006D12CD" w:rsidRPr="007A5282" w:rsidRDefault="0065327C" w:rsidP="007C0BD7">
+    <w:p w14:paraId="7665FE56" w14:textId="1F49576E" w:rsidR="006D12CD" w:rsidRPr="007A5282" w:rsidRDefault="00000000" w:rsidP="007C0BD7">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidR="00274065" w:rsidRPr="007A5282">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="de-CH"/>
           </w:rPr>
           <w:t>Grants Office</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001F49A9" w:rsidRPr="007A5282">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> GO</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006D12CD" w:rsidRPr="007A5282" w:rsidSect="007C0BD7">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="2060" w:right="850" w:bottom="960" w:left="1559" w:header="1080" w:footer="776" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2915673E" w14:textId="77777777" w:rsidR="00E20EC9" w:rsidRDefault="00E20EC9">
+    <w:p w14:paraId="7A8E828B" w14:textId="77777777" w:rsidR="00624A18" w:rsidRDefault="00624A18">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21E3E524" w14:textId="77777777" w:rsidR="00E20EC9" w:rsidRDefault="00E20EC9">
+    <w:p w14:paraId="685AAB1F" w14:textId="77777777" w:rsidR="00624A18" w:rsidRDefault="00624A18">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -2996,127 +2937,127 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="13B54BD0" w14:textId="77777777" w:rsidR="008916E8" w:rsidRDefault="008916E8">
     <w:pPr>
-      <w:pStyle w:val="Textkrper"/>
+      <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="56770A7C" w14:textId="77777777" w:rsidR="00E20EC9" w:rsidRDefault="00E20EC9">
+    <w:p w14:paraId="3933F5BC" w14:textId="77777777" w:rsidR="00624A18" w:rsidRDefault="00624A18">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C9E3C70" w14:textId="77777777" w:rsidR="00E20EC9" w:rsidRDefault="00E20EC9">
+    <w:p w14:paraId="1CBB273B" w14:textId="77777777" w:rsidR="00624A18" w:rsidRDefault="00624A18">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="3C139D18" w14:textId="2FD657DC" w:rsidR="008916E8" w:rsidRDefault="004C0870">
       <w:pPr>
-        <w:pStyle w:val="Funotentext"/>
+        <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Funotenzeichen"/>
+          <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> The questionnaire is based on the ethics self-assessment templates of EPFL</w:t>
       </w:r>
       <w:r w:rsidR="00D26CD5">
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:t>UNIL</w:t>
       </w:r>
       <w:r w:rsidR="00C7564B">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001751F0">
         <w:t xml:space="preserve">Univ. </w:t>
       </w:r>
       <w:r>
         <w:t>St</w:t>
       </w:r>
       <w:r w:rsidR="00C7564B">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Gallen, EU.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="322DF9B8" w14:textId="77777777" w:rsidR="008916E8" w:rsidRDefault="004C0870">
     <w:pPr>
-      <w:pStyle w:val="Textkrper"/>
+      <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C17C36B" wp14:editId="76B0B4B0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>952500</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>379095</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1903095" cy="711835"/>
@@ -3138,85 +3079,85 @@
                     <pic:blipFill>
                       <a:blip r:embed="rId1"/>
                       <a:stretch/>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1903095" cy="711835"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict>
             <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
               <v:stroke joinstyle="miter"/>
               <v:formulas>
                 <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                 <v:f eqn="sum @0 1 0"/>
                 <v:f eqn="sum 0 0 @1"/>
                 <v:f eqn="prod @2 1 2"/>
                 <v:f eqn="prod @3 21600 pixelWidth"/>
                 <v:f eqn="prod @3 21600 pixelHeight"/>
                 <v:f eqn="sum @0 0 1"/>
                 <v:f eqn="prod @6 1 2"/>
                 <v:f eqn="prod @7 21600 pixelWidth"/>
                 <v:f eqn="sum @8 21600 0"/>
                 <v:f eqn="prod @7 21600 pixelHeight"/>
                 <v:f eqn="sum @10 21600 0"/>
               </v:formulas>
               <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
               <o:lock v:ext="edit" aspectratio="t"/>
             </v:shapetype>
             <v:shape id="_x0000_i0" o:spid="_x0000_s0" type="#_x0000_t75" style="position:absolute;z-index:251659264;o:allowoverlap:true;o:allowincell:true;mso-position-horizontal-relative:page;margin-left:75.00pt;mso-position-horizontal:absolute;mso-position-vertical-relative:page;margin-top:29.85pt;mso-position-vertical:absolute;width:149.85pt;height:56.05pt;mso-wrap-distance-left:9.00pt;mso-wrap-distance-top:0.00pt;mso-wrap-distance-right:9.00pt;mso-wrap-distance-bottom:0.00pt;z-index:1;" stroked="false">
               <v:imagedata r:id="rId2" o:title=""/>
               <o:lock v:ext="edit" rotation="t"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06785193"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5FE68F1C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1150" w:hanging="269"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
@@ -4901,232 +4842,236 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="749930066">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="255208986">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1600212163">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1816793122">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1623657415">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="28459441">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="2001762925">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1074859203">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="213390351">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1976981806">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1844663393">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1495804626">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="476146692">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1461344587">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1421442932">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008916E8"/>
     <w:rsid w:val="00000B34"/>
     <w:rsid w:val="00053557"/>
     <w:rsid w:val="0006682F"/>
     <w:rsid w:val="00067E8C"/>
     <w:rsid w:val="000D2F59"/>
     <w:rsid w:val="001751F0"/>
     <w:rsid w:val="001E5347"/>
     <w:rsid w:val="001F49A9"/>
     <w:rsid w:val="00224F25"/>
     <w:rsid w:val="0027372D"/>
     <w:rsid w:val="00274065"/>
     <w:rsid w:val="002871E0"/>
     <w:rsid w:val="002B5B23"/>
     <w:rsid w:val="00355CB9"/>
     <w:rsid w:val="003D585C"/>
     <w:rsid w:val="003F2DB5"/>
     <w:rsid w:val="004968E5"/>
     <w:rsid w:val="004A42F6"/>
     <w:rsid w:val="004C0870"/>
     <w:rsid w:val="004C0B88"/>
     <w:rsid w:val="004D0350"/>
     <w:rsid w:val="004D315D"/>
     <w:rsid w:val="0052636F"/>
     <w:rsid w:val="00604C92"/>
+    <w:rsid w:val="00624A18"/>
     <w:rsid w:val="0065327C"/>
     <w:rsid w:val="006C78D3"/>
     <w:rsid w:val="006D12CD"/>
     <w:rsid w:val="007463F2"/>
     <w:rsid w:val="0076749A"/>
     <w:rsid w:val="007A5282"/>
     <w:rsid w:val="007C0BD7"/>
     <w:rsid w:val="007F4EA6"/>
     <w:rsid w:val="00844305"/>
     <w:rsid w:val="008916E8"/>
     <w:rsid w:val="008A0CFC"/>
     <w:rsid w:val="008A3DC6"/>
     <w:rsid w:val="008E2606"/>
     <w:rsid w:val="00934021"/>
     <w:rsid w:val="009B6B24"/>
     <w:rsid w:val="009D14A3"/>
     <w:rsid w:val="00A4761F"/>
     <w:rsid w:val="00A77712"/>
+    <w:rsid w:val="00AB2585"/>
     <w:rsid w:val="00AD1D31"/>
     <w:rsid w:val="00AF4457"/>
     <w:rsid w:val="00B279AB"/>
+    <w:rsid w:val="00BA7420"/>
     <w:rsid w:val="00C37A93"/>
     <w:rsid w:val="00C54DE5"/>
     <w:rsid w:val="00C7564B"/>
     <w:rsid w:val="00CE0706"/>
     <w:rsid w:val="00D0776D"/>
     <w:rsid w:val="00D26CD5"/>
     <w:rsid w:val="00D32699"/>
     <w:rsid w:val="00D4021D"/>
     <w:rsid w:val="00D80AAE"/>
     <w:rsid w:val="00DA3379"/>
     <w:rsid w:val="00E20EC9"/>
     <w:rsid w:val="00E767F6"/>
     <w:rsid w:val="00E90F30"/>
     <w:rsid w:val="00EF0431"/>
     <w:rsid w:val="00F302DF"/>
     <w:rsid w:val="00F830B8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=";"/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="32CCA4BA"/>
   <w15:docId w15:val="{AA3CF93B-FBAC-45E4-AC72-261F437F0AA4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5454,272 +5399,277 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="berschrift1Zchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="142"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="berschrift2Zchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="142"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:link w:val="berschrift3Zchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:link w:val="berschrift4Zchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:link w:val="berschrift5Zchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift6">
+  <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:link w:val="berschrift6Zchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift7">
+  <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:link w:val="berschrift7Zchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift8">
+  <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:link w:val="berschrift8Zchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift9">
+  <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:link w:val="berschrift9Zchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TabellemithellemGitternetz">
+  <w:style w:type="table" w:styleId="TableGridLight">
     <w:name w:val="Grid Table Light"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle1hellAkzent1">
+  <w:style w:type="table" w:styleId="GridTable1Light-Accent1">
     <w:name w:val="Grid Table 1 Light Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="97B4D8" w:themeColor="accent1" w:themeTint="95"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -5736,53 +5686,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle1hell-Akzent2">
+  <w:style w:type="table" w:styleId="GridTable1Light-Accent2">
     <w:name w:val="Grid Table 1 Light Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="DA9896" w:themeColor="accent2" w:themeTint="95"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -5799,53 +5749,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle1hellAkzent3">
+  <w:style w:type="table" w:styleId="GridTable1Light-Accent3">
     <w:name w:val="Grid Table 1 Light Accent 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C4D79D" w:themeColor="accent3" w:themeTint="95"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -5862,53 +5812,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle1hellAkzent4">
+  <w:style w:type="table" w:styleId="GridTable1Light-Accent4">
     <w:name w:val="Grid Table 1 Light Accent 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="B4A4C8" w:themeColor="accent4" w:themeTint="95"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -5925,53 +5875,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle1hellAkzent5">
+  <w:style w:type="table" w:styleId="GridTable1Light-Accent5">
     <w:name w:val="Grid Table 1 Light Accent 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="95CEDD" w:themeColor="accent5" w:themeTint="95"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -5988,53 +5938,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle1hellAkzent6">
+  <w:style w:type="table" w:styleId="GridTable1Light-Accent6">
     <w:name w:val="Grid Table 1 Light Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FAC192" w:themeColor="accent6" w:themeTint="95"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -6051,53 +6001,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle2Akzent1">
+  <w:style w:type="table" w:styleId="GridTable2-Accent1">
     <w:name w:val="Grid Table 2 Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
       </w:tcPr>
@@ -6131,53 +6081,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAE5F1" w:themeColor="accent1" w:themeTint="34" w:fill="DAE5F1" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAE5F1" w:themeColor="accent1" w:themeTint="34" w:fill="DAE5F1" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle2Akzent2">
+  <w:style w:type="table" w:styleId="GridTable2-Accent2">
     <w:name w:val="Grid Table 2 Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
       </w:tcPr>
@@ -6211,53 +6161,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2DCDC" w:themeColor="accent2" w:themeTint="32" w:fill="F2DCDC" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2DCDC" w:themeColor="accent2" w:themeTint="32" w:fill="F2DCDC" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle2Akzent3">
+  <w:style w:type="table" w:styleId="GridTable2-Accent3">
     <w:name w:val="Grid Table 2 Accent 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
       </w:tcPr>
@@ -6291,53 +6241,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EAF1DC" w:themeColor="accent3" w:themeTint="34" w:fill="EAF1DC" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EAF1DC" w:themeColor="accent3" w:themeTint="34" w:fill="EAF1DC" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle2Akzent4">
+  <w:style w:type="table" w:styleId="GridTable2-Accent4">
     <w:name w:val="Grid Table 2 Accent 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
       </w:tcPr>
@@ -6371,53 +6321,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5DFEC" w:themeColor="accent4" w:themeTint="34" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5DFEC" w:themeColor="accent4" w:themeTint="34" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle2Akzent5">
+  <w:style w:type="table" w:styleId="GridTable2-Accent5">
     <w:name w:val="Grid Table 2 Accent 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
       </w:tcPr>
@@ -6451,53 +6401,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAEEF3" w:themeColor="accent5" w:themeTint="34" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAEEF3" w:themeColor="accent5" w:themeTint="34" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle2Akzent6">
+  <w:style w:type="table" w:styleId="GridTable2-Accent6">
     <w:name w:val="Grid Table 2 Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="F79646" w:themeColor="accent6"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
       </w:tcPr>
@@ -6531,53 +6481,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE9D8" w:themeColor="accent6" w:themeTint="34" w:fill="FDE9D8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE9D8" w:themeColor="accent6" w:themeTint="34" w:fill="FDE9D8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle3Akzent1">
+  <w:style w:type="table" w:styleId="GridTable3-Accent1">
     <w:name w:val="Grid Table 3 Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
       </w:tcPr>
@@ -6634,53 +6584,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAE5F1" w:themeColor="accent1" w:themeTint="34" w:fill="DAE5F1" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAE5F1" w:themeColor="accent1" w:themeTint="34" w:fill="DAE5F1" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle3Akzent2">
+  <w:style w:type="table" w:styleId="GridTable3-Accent2">
     <w:name w:val="Grid Table 3 Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
       </w:tcPr>
@@ -6737,53 +6687,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2DCDC" w:themeColor="accent2" w:themeTint="32" w:fill="F2DCDC" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2DCDC" w:themeColor="accent2" w:themeTint="32" w:fill="F2DCDC" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle3Akzent3">
+  <w:style w:type="table" w:styleId="GridTable3-Accent3">
     <w:name w:val="Grid Table 3 Accent 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
       </w:tcPr>
@@ -6840,53 +6790,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EAF1DC" w:themeColor="accent3" w:themeTint="34" w:fill="EAF1DC" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EAF1DC" w:themeColor="accent3" w:themeTint="34" w:fill="EAF1DC" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle3Akzent4">
+  <w:style w:type="table" w:styleId="GridTable3-Accent4">
     <w:name w:val="Grid Table 3 Accent 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
       </w:tcPr>
@@ -6943,53 +6893,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5DFEC" w:themeColor="accent4" w:themeTint="34" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5DFEC" w:themeColor="accent4" w:themeTint="34" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle3Akzent5">
+  <w:style w:type="table" w:styleId="GridTable3-Accent5">
     <w:name w:val="Grid Table 3 Accent 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
       </w:tcPr>
@@ -7046,53 +6996,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAEEF3" w:themeColor="accent5" w:themeTint="34" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAEEF3" w:themeColor="accent5" w:themeTint="34" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle3Akzent6">
+  <w:style w:type="table" w:styleId="GridTable3-Accent6">
     <w:name w:val="Grid Table 3 Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
       </w:tcPr>
@@ -7149,53 +7099,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE9D8" w:themeColor="accent6" w:themeTint="34" w:fill="FDE9D8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE9D8" w:themeColor="accent6" w:themeTint="34" w:fill="FDE9D8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle4Akzent1">
+  <w:style w:type="table" w:styleId="GridTable4-Accent1">
     <w:name w:val="Grid Table 4 Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA"/>
@@ -7230,53 +7180,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DCE6F2" w:themeColor="accent1" w:themeTint="32" w:fill="DCE6F2" w:themeFill="accent1" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DCE6F2" w:themeColor="accent1" w:themeTint="32" w:fill="DCE6F2" w:themeFill="accent1" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle4Akzent2">
+  <w:style w:type="table" w:styleId="GridTable4-Accent2">
     <w:name w:val="Grid Table 4 Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
@@ -7311,53 +7261,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2DCDC" w:themeColor="accent2" w:themeTint="32" w:fill="F2DCDC" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2DCDC" w:themeColor="accent2" w:themeTint="32" w:fill="F2DCDC" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle4Akzent3">
+  <w:style w:type="table" w:styleId="GridTable4-Accent3">
     <w:name w:val="Grid Table 4 Accent 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE"/>
@@ -7392,53 +7342,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EAF1DC" w:themeColor="accent3" w:themeTint="34" w:fill="EAF1DC" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EAF1DC" w:themeColor="accent3" w:themeTint="34" w:fill="EAF1DC" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle4Akzent4">
+  <w:style w:type="table" w:styleId="GridTable4-Accent4">
     <w:name w:val="Grid Table 4 Accent 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
@@ -7473,53 +7423,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5DFEC" w:themeColor="accent4" w:themeTint="34" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5DFEC" w:themeColor="accent4" w:themeTint="34" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle4Akzent5">
+  <w:style w:type="table" w:styleId="GridTable4-Accent5">
     <w:name w:val="Grid Table 4 Accent 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
@@ -7554,53 +7504,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAEEF3" w:themeColor="accent5" w:themeTint="34" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAEEF3" w:themeColor="accent5" w:themeTint="34" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle4Akzent6">
+  <w:style w:type="table" w:styleId="GridTable4-Accent6">
     <w:name w:val="Grid Table 4 Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FAC396" w:themeColor="accent6" w:themeTint="90"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FAC396" w:themeColor="accent6" w:themeTint="90"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FAC396" w:themeColor="accent6" w:themeTint="90"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FAC396" w:themeColor="accent6" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FAC396" w:themeColor="accent6" w:themeTint="90"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FAC396" w:themeColor="accent6" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
@@ -7635,53 +7585,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE9D8" w:themeColor="accent6" w:themeTint="34" w:fill="FDE9D8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE9D8" w:themeColor="accent6" w:themeTint="34" w:fill="FDE9D8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle5dunkelAkzent2">
+  <w:style w:type="table" w:styleId="GridTable5Dark-Accent2">
     <w:name w:val="Grid Table 5 Dark Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="F2DCDC" w:themeColor="accent2" w:themeTint="32" w:fill="F2DCDC" w:themeFill="accent2" w:themeFillTint="32"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="C0504D" w:themeColor="accent2" w:fill="C0504D" w:themeFill="accent2"/>
       </w:tcPr>
@@ -7716,53 +7666,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="C0504D" w:themeColor="accent2" w:fill="C0504D" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E2AEAD" w:themeColor="accent2" w:themeTint="75" w:fill="E2AEAD" w:themeFill="accent2" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E2AEAD" w:themeColor="accent2" w:themeTint="75" w:fill="E2AEAD" w:themeFill="accent2" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle5dunkelAkzent3">
+  <w:style w:type="table" w:styleId="GridTable5Dark-Accent3">
     <w:name w:val="Grid Table 5 Dark Accent 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="EAF1DC" w:themeColor="accent3" w:themeTint="34" w:fill="EAF1DC" w:themeFill="accent3" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="9BBB59" w:themeColor="accent3" w:fill="9BBB59" w:themeFill="accent3"/>
       </w:tcPr>
@@ -7797,53 +7747,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="9BBB59" w:themeColor="accent3" w:fill="9BBB59" w:themeFill="accent3"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D0DFB2" w:themeColor="accent3" w:themeTint="75" w:fill="D0DFB2" w:themeFill="accent3" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D0DFB2" w:themeColor="accent3" w:themeTint="75" w:fill="D0DFB2" w:themeFill="accent3" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle5dunkelAkzent5">
+  <w:style w:type="table" w:styleId="GridTable5Dark-Accent5">
     <w:name w:val="Grid Table 5 Dark Accent 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="DAEEF3" w:themeColor="accent5" w:themeTint="34" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4BACC6" w:themeColor="accent5" w:fill="4BACC6" w:themeFill="accent5"/>
       </w:tcPr>
@@ -7878,53 +7828,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4BACC6" w:themeColor="accent5" w:fill="4BACC6" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ACD8E4" w:themeColor="accent5" w:themeTint="75" w:fill="ACD8E4" w:themeFill="accent5" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ACD8E4" w:themeColor="accent5" w:themeTint="75" w:fill="ACD8E4" w:themeFill="accent5" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle5dunkelAkzent6">
+  <w:style w:type="table" w:styleId="GridTable5Dark-Accent6">
     <w:name w:val="Grid Table 5 Dark Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="FDE9D8" w:themeColor="accent6" w:themeTint="34" w:fill="FDE9D8" w:themeFill="accent6" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F79646" w:themeColor="accent6" w:fill="F79646" w:themeFill="accent6"/>
       </w:tcPr>
@@ -7959,53 +7909,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F79646" w:themeColor="accent6" w:fill="F79646" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FBCEAA" w:themeColor="accent6" w:themeTint="75" w:fill="FBCEAA" w:themeFill="accent6" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FBCEAA" w:themeColor="accent6" w:themeTint="75" w:fill="FBCEAA" w:themeFill="accent6" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle6farbigAkzent1">
+  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent1">
     <w:name w:val="Grid Table 6 Colorful Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -8030,53 +7980,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAE5F1" w:themeColor="accent1" w:themeTint="34" w:fill="DAE5F1" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAE5F1" w:themeColor="accent1" w:themeTint="34" w:fill="DAE5F1" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle6farbigAkzent2">
+  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent2">
     <w:name w:val="Grid Table 6 Colorful Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="D99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -8101,53 +8051,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2DCDC" w:themeColor="accent2" w:themeTint="32" w:fill="F2DCDC" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="D99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2DCDC" w:themeColor="accent2" w:themeTint="32" w:fill="F2DCDC" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="D99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle6farbigAkzent3">
+  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent3">
     <w:name w:val="Grid Table 6 Colorful Accent 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -8172,53 +8122,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EAF1DC" w:themeColor="accent3" w:themeTint="34" w:fill="EAF1DC" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EAF1DC" w:themeColor="accent3" w:themeTint="34" w:fill="EAF1DC" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle6farbigAkzent4">
+  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent4">
     <w:name w:val="Grid Table 6 Colorful Accent 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -8243,53 +8193,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5DFEC" w:themeColor="accent4" w:themeTint="34" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5DFEC" w:themeColor="accent4" w:themeTint="34" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle6farbigAkzent5">
+  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent5">
     <w:name w:val="Grid Table 6 Colorful Accent 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -8314,53 +8264,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAEEF3" w:themeColor="accent5" w:themeTint="34" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAEEF3" w:themeColor="accent5" w:themeTint="34" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle6farbigAkzent6">
+  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent6">
     <w:name w:val="Grid Table 6 Colorful Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -8385,53 +8335,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE9D8" w:themeColor="accent6" w:themeTint="34" w:fill="FDE9D8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE9D8" w:themeColor="accent6" w:themeTint="34" w:fill="FDE9D8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle7farbigAkzent1">
+  <w:style w:type="table" w:styleId="GridTable7Colorful-Accent1">
     <w:name w:val="Grid Table 7 Colorful Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
@@ -8499,53 +8449,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAE5F1" w:themeColor="accent1" w:themeTint="34" w:fill="DAE5F1" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAE5F1" w:themeColor="accent1" w:themeTint="34" w:fill="DAE5F1" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle7farbigAkzent2">
+  <w:style w:type="table" w:styleId="GridTable7Colorful-Accent2">
     <w:name w:val="Grid Table 7 Colorful Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="D99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
@@ -8613,53 +8563,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2DCDC" w:themeColor="accent2" w:themeTint="32" w:fill="F2DCDC" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="D99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2DCDC" w:themeColor="accent2" w:themeTint="32" w:fill="F2DCDC" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="D99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle7farbigAkzent3">
+  <w:style w:type="table" w:styleId="GridTable7Colorful-Accent3">
     <w:name w:val="Grid Table 7 Colorful Accent 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
@@ -8727,53 +8677,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EAF1DC" w:themeColor="accent3" w:themeTint="34" w:fill="EAF1DC" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EAF1DC" w:themeColor="accent3" w:themeTint="34" w:fill="EAF1DC" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle7farbigAkzent4">
+  <w:style w:type="table" w:styleId="GridTable7Colorful-Accent4">
     <w:name w:val="Grid Table 7 Colorful Accent 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
@@ -8841,53 +8791,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5DFEC" w:themeColor="accent4" w:themeTint="34" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5DFEC" w:themeColor="accent4" w:themeTint="34" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle7farbigAkzent5">
+  <w:style w:type="table" w:styleId="GridTable7Colorful-Accent5">
     <w:name w:val="Grid Table 7 Colorful Accent 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
@@ -8955,53 +8905,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAEEF3" w:themeColor="accent5" w:themeTint="34" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAEEF3" w:themeColor="accent5" w:themeTint="34" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle7farbigAkzent6">
+  <w:style w:type="table" w:styleId="GridTable7Colorful-Accent6">
     <w:name w:val="Grid Table 7 Colorful Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FAC396" w:themeColor="accent6" w:themeTint="90"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FAC396" w:themeColor="accent6" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FAC396" w:themeColor="accent6" w:themeTint="90"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FAC396" w:themeColor="accent6" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="B15407" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FAC396" w:themeColor="accent6" w:themeTint="90"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
@@ -9069,53 +9019,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE9D8" w:themeColor="accent6" w:themeTint="34" w:fill="FDE9D8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="B15407" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE9D8" w:themeColor="accent6" w:themeTint="34" w:fill="FDE9D8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="B15407" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle1hellAkzent1">
+  <w:style w:type="table" w:styleId="ListTable1Light-Accent1">
     <w:name w:val="List Table 1 Light Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
@@ -9132,53 +9082,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D2DFEE" w:themeColor="accent1" w:themeTint="40" w:fill="D2DFEE" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D2DFEE" w:themeColor="accent1" w:themeTint="40" w:fill="D2DFEE" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle1hellAkzent2">
+  <w:style w:type="table" w:styleId="ListTable1Light-Accent2">
     <w:name w:val="List Table 1 Light Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
@@ -9195,53 +9145,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EFD2D2" w:themeColor="accent2" w:themeTint="40" w:fill="EFD2D2" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EFD2D2" w:themeColor="accent2" w:themeTint="40" w:fill="EFD2D2" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle1hellAkzent3">
+  <w:style w:type="table" w:styleId="ListTable1Light-Accent3">
     <w:name w:val="List Table 1 Light Accent 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
@@ -9258,53 +9208,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5EED5" w:themeColor="accent3" w:themeTint="40" w:fill="E5EED5" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5EED5" w:themeColor="accent3" w:themeTint="40" w:fill="E5EED5" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle1hellAkzent4">
+  <w:style w:type="table" w:styleId="ListTable1Light-Accent4">
     <w:name w:val="List Table 1 Light Accent 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
@@ -9321,53 +9271,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DFD8E7" w:themeColor="accent4" w:themeTint="40" w:fill="DFD8E7" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DFD8E7" w:themeColor="accent4" w:themeTint="40" w:fill="DFD8E7" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle1hellAkzent5">
+  <w:style w:type="table" w:styleId="ListTable1Light-Accent5">
     <w:name w:val="List Table 1 Light Accent 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
@@ -9384,53 +9334,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D1EAF0" w:themeColor="accent5" w:themeTint="40" w:fill="D1EAF0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D1EAF0" w:themeColor="accent5" w:themeTint="40" w:fill="D1EAF0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle1hellAkzent6">
+  <w:style w:type="table" w:styleId="ListTable1Light-Accent6">
     <w:name w:val="List Table 1 Light Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
@@ -9447,53 +9397,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE4D0" w:themeColor="accent6" w:themeTint="40" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE4D0" w:themeColor="accent6" w:themeTint="40" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle2Akzent1">
+  <w:style w:type="table" w:styleId="ListTable2-Accent1">
     <w:name w:val="List Table 2 Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
@@ -9533,53 +9483,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D2DFEE" w:themeColor="accent1" w:themeTint="40" w:fill="D2DFEE" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D2DFEE" w:themeColor="accent1" w:themeTint="40" w:fill="D2DFEE" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle2Akzent2">
+  <w:style w:type="table" w:styleId="ListTable2-Accent2">
     <w:name w:val="List Table 2 Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
@@ -9619,53 +9569,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EFD2D2" w:themeColor="accent2" w:themeTint="40" w:fill="EFD2D2" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EFD2D2" w:themeColor="accent2" w:themeTint="40" w:fill="EFD2D2" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle2Akzent3">
+  <w:style w:type="table" w:styleId="ListTable2-Accent3">
     <w:name w:val="List Table 2 Accent 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
@@ -9705,53 +9655,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5EED5" w:themeColor="accent3" w:themeTint="40" w:fill="E5EED5" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5EED5" w:themeColor="accent3" w:themeTint="40" w:fill="E5EED5" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle2Akzent4">
+  <w:style w:type="table" w:styleId="ListTable2-Accent4">
     <w:name w:val="List Table 2 Accent 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
@@ -9791,53 +9741,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DFD8E7" w:themeColor="accent4" w:themeTint="40" w:fill="DFD8E7" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DFD8E7" w:themeColor="accent4" w:themeTint="40" w:fill="DFD8E7" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle2Akzent5">
+  <w:style w:type="table" w:styleId="ListTable2-Accent5">
     <w:name w:val="List Table 2 Accent 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
@@ -9877,53 +9827,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D1EAF0" w:themeColor="accent5" w:themeTint="40" w:fill="D1EAF0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D1EAF0" w:themeColor="accent5" w:themeTint="40" w:fill="D1EAF0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle2Akzent6">
+  <w:style w:type="table" w:styleId="ListTable2-Accent6">
     <w:name w:val="List Table 2 Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FAC396" w:themeColor="accent6" w:themeTint="90"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FAC396" w:themeColor="accent6" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FAC396" w:themeColor="accent6" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FAC396" w:themeColor="accent6" w:themeTint="90"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FAC396" w:themeColor="accent6" w:themeTint="90"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
@@ -9963,53 +9913,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE4D0" w:themeColor="accent6" w:themeTint="40" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE4D0" w:themeColor="accent6" w:themeTint="40" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle3Akzent1">
+  <w:style w:type="table" w:styleId="ListTable3-Accent1">
     <w:name w:val="List Table 3 Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4F81BD" w:themeColor="accent1" w:fill="4F81BD" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
@@ -10036,53 +9986,53 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle3Akzent2">
+  <w:style w:type="table" w:styleId="ListTable3-Accent2">
     <w:name w:val="List Table 3 Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:fill="D99695" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
@@ -10109,53 +10059,53 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle3Akzent3">
+  <w:style w:type="table" w:styleId="ListTable3-Accent3">
     <w:name w:val="List Table 3 Accent 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:fill="C3D69B" w:themeFill="accent3" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
@@ -10182,53 +10132,53 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle3Akzent4">
+  <w:style w:type="table" w:styleId="ListTable3-Accent4">
     <w:name w:val="List Table 3 Accent 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:fill="B2A1C6" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
@@ -10255,53 +10205,53 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle3Akzent5">
+  <w:style w:type="table" w:styleId="ListTable3-Accent5">
     <w:name w:val="List Table 3 Accent 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:fill="92CCDC" w:themeFill="accent5" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
@@ -10328,53 +10278,53 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle3Akzent6">
+  <w:style w:type="table" w:styleId="ListTable3-Accent6">
     <w:name w:val="List Table 3 Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FAC090" w:themeColor="accent6" w:themeTint="98"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FAC090" w:themeColor="accent6" w:themeTint="98"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FAC090" w:themeColor="accent6" w:themeTint="98"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FAC090" w:themeColor="accent6" w:themeTint="98"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:fill="FAC090" w:themeFill="accent6" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
@@ -10401,53 +10351,53 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="FAC090" w:themeColor="accent6" w:themeTint="98"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FAC090" w:themeColor="accent6" w:themeTint="98"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FAC090" w:themeColor="accent6" w:themeTint="98"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FAC090" w:themeColor="accent6" w:themeTint="98"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle4Akzent1">
+  <w:style w:type="table" w:styleId="ListTable4-Accent1">
     <w:name w:val="List Table 4 Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4F81BD" w:themeColor="accent1" w:fill="4F81BD" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
@@ -10469,53 +10419,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D2DFEE" w:themeColor="accent1" w:themeTint="40" w:fill="D2DFEE" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D2DFEE" w:themeColor="accent1" w:themeTint="40" w:fill="D2DFEE" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle4Akzent2">
+  <w:style w:type="table" w:styleId="ListTable4-Accent2">
     <w:name w:val="List Table 4 Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="C0504D" w:themeColor="accent2" w:fill="C0504D" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
@@ -10537,53 +10487,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EFD2D2" w:themeColor="accent2" w:themeTint="40" w:fill="EFD2D2" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EFD2D2" w:themeColor="accent2" w:themeTint="40" w:fill="EFD2D2" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle4Akzent3">
+  <w:style w:type="table" w:styleId="ListTable4-Accent3">
     <w:name w:val="List Table 4 Accent 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="9BBB59" w:themeColor="accent3" w:fill="9BBB59" w:themeFill="accent3"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
@@ -10605,53 +10555,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5EED5" w:themeColor="accent3" w:themeTint="40" w:fill="E5EED5" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5EED5" w:themeColor="accent3" w:themeTint="40" w:fill="E5EED5" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle4Akzent4">
+  <w:style w:type="table" w:styleId="ListTable4-Accent4">
     <w:name w:val="List Table 4 Accent 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="8064A2" w:themeColor="accent4" w:fill="8064A2" w:themeFill="accent4"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
@@ -10673,53 +10623,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DFD8E7" w:themeColor="accent4" w:themeTint="40" w:fill="DFD8E7" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DFD8E7" w:themeColor="accent4" w:themeTint="40" w:fill="DFD8E7" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle4Akzent5">
+  <w:style w:type="table" w:styleId="ListTable4-Accent5">
     <w:name w:val="List Table 4 Accent 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4BACC6" w:themeColor="accent5" w:fill="4BACC6" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
@@ -10741,53 +10691,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D1EAF0" w:themeColor="accent5" w:themeTint="40" w:fill="D1EAF0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D1EAF0" w:themeColor="accent5" w:themeTint="40" w:fill="D1EAF0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle4Akzent6">
+  <w:style w:type="table" w:styleId="ListTable4-Accent6">
     <w:name w:val="List Table 4 Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FAC396" w:themeColor="accent6" w:themeTint="90"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FAC396" w:themeColor="accent6" w:themeTint="90"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FAC396" w:themeColor="accent6" w:themeTint="90"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FAC396" w:themeColor="accent6" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FAC396" w:themeColor="accent6" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F79646" w:themeColor="accent6" w:fill="F79646" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
@@ -10809,53 +10759,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE4D0" w:themeColor="accent6" w:themeTint="40" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE4D0" w:themeColor="accent6" w:themeTint="40" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle5dunkelAkzent1">
+  <w:style w:type="table" w:styleId="ListTable5Dark-Accent1">
     <w:name w:val="List Table 5 Dark Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="32" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="32" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="32" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="32" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="4F81BD" w:themeColor="accent1" w:fill="4F81BD" w:themeFill="accent1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="32" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
@@ -10912,53 +10862,53 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="4F81BD" w:themeColor="accent1" w:fill="4F81BD" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="4F81BD" w:themeColor="accent1" w:fill="4F81BD" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle5dunkelAkzent2">
+  <w:style w:type="table" w:styleId="ListTable5Dark-Accent2">
     <w:name w:val="List Table 5 Dark Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="32" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         <w:left w:val="single" w:sz="32" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         <w:bottom w:val="single" w:sz="32" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         <w:right w:val="single" w:sz="32" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:fill="D99695" w:themeFill="accent2" w:themeFillTint="97"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="32" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
@@ -11015,53 +10965,53 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:fill="D99695" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:fill="D99695" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle5dunkelAkzent3">
+  <w:style w:type="table" w:styleId="ListTable5Dark-Accent3">
     <w:name w:val="List Table 5 Dark Accent 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="32" w:space="0" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98"/>
         <w:left w:val="single" w:sz="32" w:space="0" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98"/>
         <w:bottom w:val="single" w:sz="32" w:space="0" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98"/>
         <w:right w:val="single" w:sz="32" w:space="0" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:fill="C3D69B" w:themeFill="accent3" w:themeFillTint="98"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="32" w:space="0" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
@@ -11118,53 +11068,53 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:fill="C3D69B" w:themeFill="accent3" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:fill="C3D69B" w:themeFill="accent3" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle5dunkelAkzent4">
+  <w:style w:type="table" w:styleId="ListTable5Dark-Accent4">
     <w:name w:val="List Table 5 Dark Accent 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="32" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         <w:left w:val="single" w:sz="32" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         <w:bottom w:val="single" w:sz="32" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         <w:right w:val="single" w:sz="32" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:fill="B2A1C6" w:themeFill="accent4" w:themeFillTint="9A"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="32" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
@@ -11221,53 +11171,53 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:fill="B2A1C6" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:fill="B2A1C6" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle5dunkelAkzent5">
+  <w:style w:type="table" w:styleId="ListTable5Dark-Accent5">
     <w:name w:val="List Table 5 Dark Accent 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="32" w:space="0" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A"/>
         <w:left w:val="single" w:sz="32" w:space="0" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A"/>
         <w:bottom w:val="single" w:sz="32" w:space="0" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A"/>
         <w:right w:val="single" w:sz="32" w:space="0" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:fill="92CCDC" w:themeFill="accent5" w:themeFillTint="9A"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="32" w:space="0" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
@@ -11324,53 +11274,53 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:fill="92CCDC" w:themeFill="accent5" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:fill="92CCDC" w:themeFill="accent5" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle5dunkelAkzent6">
+  <w:style w:type="table" w:styleId="ListTable5Dark-Accent6">
     <w:name w:val="List Table 5 Dark Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="32" w:space="0" w:color="FAC090" w:themeColor="accent6" w:themeTint="98"/>
         <w:left w:val="single" w:sz="32" w:space="0" w:color="FAC090" w:themeColor="accent6" w:themeTint="98"/>
         <w:bottom w:val="single" w:sz="32" w:space="0" w:color="FAC090" w:themeColor="accent6" w:themeTint="98"/>
         <w:right w:val="single" w:sz="32" w:space="0" w:color="FAC090" w:themeColor="accent6" w:themeTint="98"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:fill="FAC090" w:themeFill="accent6" w:themeFillTint="98"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="32" w:space="0" w:color="FAC090" w:themeColor="accent6" w:themeTint="98"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
@@ -11427,53 +11377,53 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:fill="FAC090" w:themeFill="accent6" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:fill="FAC090" w:themeFill="accent6" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle6farbigAkzent1">
+  <w:style w:type="table" w:styleId="ListTable6Colorful-Accent1">
     <w:name w:val="List Table 6 Colorful Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="2A4A71" w:themeColor="accent1" w:themeShade="95"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="2A4A71" w:themeColor="accent1" w:themeShade="95"/>
@@ -11500,53 +11450,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D2DFEE" w:themeColor="accent1" w:themeTint="40" w:fill="D2DFEE" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="2A4A71" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D2DFEE" w:themeColor="accent1" w:themeTint="40" w:fill="D2DFEE" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="2A4A71" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle6farbigAkzent2">
+  <w:style w:type="table" w:styleId="ListTable6Colorful-Accent2">
     <w:name w:val="List Table 6 Colorful Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="D99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="D99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
@@ -11573,53 +11523,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EFD2D2" w:themeColor="accent2" w:themeTint="40" w:fill="EFD2D2" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="D99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EFD2D2" w:themeColor="accent2" w:themeTint="40" w:fill="EFD2D2" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="D99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle6farbigAkzent3">
+  <w:style w:type="table" w:styleId="ListTable6Colorful-Accent3">
     <w:name w:val="List Table 6 Colorful Accent 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="C3D69B" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="C3D69B" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
@@ -11646,53 +11596,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5EED5" w:themeColor="accent3" w:themeTint="40" w:fill="E5EED5" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="C3D69B" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5EED5" w:themeColor="accent3" w:themeTint="40" w:fill="E5EED5" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="C3D69B" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle6farbigAkzent4">
+  <w:style w:type="table" w:styleId="ListTable6Colorful-Accent4">
     <w:name w:val="List Table 6 Colorful Accent 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
@@ -11719,53 +11669,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DFD8E7" w:themeColor="accent4" w:themeTint="40" w:fill="DFD8E7" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DFD8E7" w:themeColor="accent4" w:themeTint="40" w:fill="DFD8E7" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle6farbigAkzent5">
+  <w:style w:type="table" w:styleId="ListTable6Colorful-Accent5">
     <w:name w:val="List Table 6 Colorful Accent 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
@@ -11792,53 +11742,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D1EAF0" w:themeColor="accent5" w:themeTint="40" w:fill="D1EAF0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D1EAF0" w:themeColor="accent5" w:themeTint="40" w:fill="D1EAF0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle6farbigAkzent6">
+  <w:style w:type="table" w:styleId="ListTable6Colorful-Accent6">
     <w:name w:val="List Table 6 Colorful Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FAC090" w:themeColor="accent6" w:themeTint="98"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FAC090" w:themeColor="accent6" w:themeTint="98"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="FAC090" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FAC090" w:themeColor="accent6" w:themeTint="98"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="FAC090" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
@@ -11865,53 +11815,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE4D0" w:themeColor="accent6" w:themeTint="40" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="FAC090" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE4D0" w:themeColor="accent6" w:themeTint="40" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="FAC090" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle7farbigAkzent1">
+  <w:style w:type="table" w:styleId="ListTable7Colorful-Accent1">
     <w:name w:val="List Table 7 Colorful Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="2A4A71" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:themeColor="light1" w:fill="FFFFFF" w:themeFill="light1"/>
       </w:tcPr>
@@ -11976,53 +11926,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D2DFEE" w:themeColor="accent1" w:themeTint="40" w:fill="D2DFEE" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="2A4A71" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D2DFEE" w:themeColor="accent1" w:themeTint="40" w:fill="D2DFEE" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="2A4A71" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle7farbigAkzent2">
+  <w:style w:type="table" w:styleId="ListTable7Colorful-Accent2">
     <w:name w:val="List Table 7 Colorful Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="D99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:themeColor="light1" w:fill="FFFFFF" w:themeFill="light1"/>
       </w:tcPr>
@@ -12087,53 +12037,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EFD2D2" w:themeColor="accent2" w:themeTint="40" w:fill="EFD2D2" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="D99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EFD2D2" w:themeColor="accent2" w:themeTint="40" w:fill="EFD2D2" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="D99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle7farbigAkzent3">
+  <w:style w:type="table" w:styleId="ListTable7Colorful-Accent3">
     <w:name w:val="List Table 7 Colorful Accent 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="C3D69B" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:themeColor="light1" w:fill="FFFFFF" w:themeFill="light1"/>
       </w:tcPr>
@@ -12198,53 +12148,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5EED5" w:themeColor="accent3" w:themeTint="40" w:fill="E5EED5" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="C3D69B" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5EED5" w:themeColor="accent3" w:themeTint="40" w:fill="E5EED5" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="C3D69B" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle7farbigAkzent4">
+  <w:style w:type="table" w:styleId="ListTable7Colorful-Accent4">
     <w:name w:val="List Table 7 Colorful Accent 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:themeColor="light1" w:fill="FFFFFF" w:themeFill="light1"/>
       </w:tcPr>
@@ -12309,53 +12259,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DFD8E7" w:themeColor="accent4" w:themeTint="40" w:fill="DFD8E7" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DFD8E7" w:themeColor="accent4" w:themeTint="40" w:fill="DFD8E7" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle7farbigAkzent5">
+  <w:style w:type="table" w:styleId="ListTable7Colorful-Accent5">
     <w:name w:val="List Table 7 Colorful Accent 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:themeColor="light1" w:fill="FFFFFF" w:themeFill="light1"/>
       </w:tcPr>
@@ -12420,53 +12370,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D1EAF0" w:themeColor="accent5" w:themeTint="40" w:fill="D1EAF0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D1EAF0" w:themeColor="accent5" w:themeTint="40" w:fill="D1EAF0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle7farbigAkzent6">
+  <w:style w:type="table" w:styleId="ListTable7Colorful-Accent6">
     <w:name w:val="List Table 7 Colorful Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FAC090" w:themeColor="accent6" w:themeTint="98"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="FAC090" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FAC090" w:themeColor="accent6" w:themeTint="98"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:themeColor="light1" w:fill="FFFFFF" w:themeFill="light1"/>
       </w:tcPr>
@@ -12531,53 +12481,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE4D0" w:themeColor="accent6" w:themeTint="40" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="FAC090" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE4D0" w:themeColor="accent6" w:themeTint="40" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="FAC090" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="EinfacheTabelle1">
+  <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -12590,53 +12540,53 @@
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2F2F2" w:themeColor="text1" w:themeTint="0D" w:fill="F2F2F2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2F2F2" w:themeColor="text1" w:themeTint="0D" w:fill="F2F2F2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="EinfacheTabelle2">
+  <w:style w:type="table" w:styleId="PlainTable2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="none" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="none" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
@@ -12669,53 +12619,53 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="EinfacheTabelle3">
+  <w:style w:type="table" w:styleId="PlainTable3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:caps/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="404040"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:caps/>
@@ -12746,53 +12696,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2F2F2" w:themeColor="text1" w:themeTint="0D" w:fill="F2F2F2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2F2F2" w:themeColor="text1" w:themeTint="0D" w:fill="F2F2F2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="EinfacheTabelle4">
+  <w:style w:type="table" w:styleId="PlainTable4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
@@ -12801,53 +12751,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2F2F2" w:themeColor="text1" w:themeTint="0D" w:fill="F2F2F2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2F2F2" w:themeColor="text1" w:themeTint="0D" w:fill="F2F2F2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="EinfacheTabelle5">
+  <w:style w:type="table" w:styleId="PlainTable5">
     <w:name w:val="Plain Table 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="404040"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
@@ -12891,53 +12841,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2F2F2" w:themeColor="text1" w:themeTint="0D" w:fill="F2F2F2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2F2F2" w:themeColor="text1" w:themeTint="0D" w:fill="F2F2F2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle1hell">
+  <w:style w:type="table" w:styleId="GridTable1Light">
     <w:name w:val="Grid Table 1 Light"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="989898" w:themeColor="text1" w:themeTint="67"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="989898" w:themeColor="text1" w:themeTint="67"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="989898" w:themeColor="text1" w:themeTint="67"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="989898" w:themeColor="text1" w:themeTint="67"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="989898" w:themeColor="text1" w:themeTint="67"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="989898" w:themeColor="text1" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -12954,53 +12904,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="989898" w:themeColor="text1" w:themeTint="67"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="989898" w:themeColor="text1" w:themeTint="67"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="989898" w:themeColor="text1" w:themeTint="67"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="989898" w:themeColor="text1" w:themeTint="67"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle2">
+  <w:style w:type="table" w:styleId="GridTable2">
     <w:name w:val="Grid Table 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
       </w:tcPr>
@@ -13034,53 +12984,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="CBCBCB" w:themeColor="text1" w:themeTint="34" w:fill="CBCBCB" w:themeFill="text1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="CBCBCB" w:themeColor="text1" w:themeTint="34" w:fill="CBCBCB" w:themeFill="text1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle3">
+  <w:style w:type="table" w:styleId="GridTable3">
     <w:name w:val="Grid Table 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
       </w:tcPr>
@@ -13137,53 +13087,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="CBCBCB" w:themeColor="text1" w:themeTint="34" w:fill="CBCBCB" w:themeFill="text1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="CBCBCB" w:themeColor="text1" w:themeTint="34" w:fill="CBCBCB" w:themeFill="text1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle4">
+  <w:style w:type="table" w:styleId="GridTable4">
     <w:name w:val="Grid Table 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
@@ -13218,53 +13168,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="CBCBCB" w:themeColor="text1" w:themeTint="34" w:fill="CBCBCB" w:themeFill="text1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="CBCBCB" w:themeColor="text1" w:themeTint="34" w:fill="CBCBCB" w:themeFill="text1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle5dunkel">
+  <w:style w:type="table" w:styleId="GridTable5Dark">
     <w:name w:val="Grid Table 5 Dark"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="BFBFBF" w:themeColor="text1" w:themeTint="40" w:fill="BFBFBF" w:themeFill="text1" w:themeFillTint="40"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
@@ -13301,51 +13251,51 @@
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="8A8A8A" w:themeColor="text1" w:themeTint="75" w:fill="8A8A8A" w:themeFill="text1" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="8A8A8A" w:themeColor="text1" w:themeTint="75" w:fill="8A8A8A" w:themeFill="text1" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="GridTable5Dark-Accent1">
     <w:name w:val="Grid Table 5 Dark- Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="DAE5F1" w:themeColor="accent1" w:themeTint="34" w:fill="DAE5F1" w:themeFill="accent1" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4F81BD" w:themeColor="accent1" w:fill="4F81BD" w:themeFill="accent1"/>
       </w:tcPr>
@@ -13382,51 +13332,51 @@
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4F81BD" w:themeColor="accent1" w:fill="4F81BD" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="AEC4E0" w:themeColor="accent1" w:themeTint="75" w:fill="AEC4E0" w:themeFill="accent1" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="AEC4E0" w:themeColor="accent1" w:themeTint="75" w:fill="AEC4E0" w:themeFill="accent1" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="GridTable5Dark-Accent4">
     <w:name w:val="Grid Table 5 Dark- Accent 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="E5DFEC" w:themeColor="accent4" w:themeTint="34" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="8064A2" w:themeColor="accent4" w:fill="8064A2" w:themeFill="accent4"/>
       </w:tcPr>
@@ -13461,53 +13411,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="8064A2" w:themeColor="accent4" w:fill="8064A2" w:themeFill="accent4"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="C4B7D4" w:themeColor="accent4" w:themeTint="75" w:fill="C4B7D4" w:themeFill="accent4" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="C4B7D4" w:themeColor="accent4" w:themeTint="75" w:fill="C4B7D4" w:themeFill="accent4" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gritternetztabelle6farbig">
+  <w:style w:type="table" w:styleId="GridTable6Colorful">
     <w:name w:val="Grid Table 6 Colorful"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -13532,53 +13482,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="CBCBCB" w:themeColor="text1" w:themeTint="34" w:fill="CBCBCB" w:themeFill="text1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="CBCBCB" w:themeColor="text1" w:themeTint="34" w:fill="CBCBCB" w:themeFill="text1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gritternetztabelle7farbig">
+  <w:style w:type="table" w:styleId="GridTable7Colorful">
     <w:name w:val="Grid Table 7 Colorful"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
@@ -13646,53 +13596,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2F2F2" w:themeColor="text1" w:themeTint="0D" w:fill="F2F2F2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2F2F2" w:themeColor="text1" w:themeTint="0D" w:fill="F2F2F2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle1hell">
+  <w:style w:type="table" w:styleId="ListTable1Light">
     <w:name w:val="List Table 1 Light"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
@@ -13709,53 +13659,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="BFBFBF" w:themeColor="text1" w:themeTint="40" w:fill="BFBFBF" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="BFBFBF" w:themeColor="text1" w:themeTint="40" w:fill="BFBFBF" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle2">
+  <w:style w:type="table" w:styleId="ListTable2">
     <w:name w:val="List Table 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
@@ -13795,53 +13745,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="BFBFBF" w:themeColor="text1" w:themeTint="40" w:fill="BFBFBF" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="BFBFBF" w:themeColor="text1" w:themeTint="40" w:fill="BFBFBF" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle3">
+  <w:style w:type="table" w:styleId="ListTable3">
     <w:name w:val="List Table 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
@@ -13868,53 +13818,53 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle4">
+  <w:style w:type="table" w:styleId="ListTable4">
     <w:name w:val="List Table 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
@@ -13936,53 +13886,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="BFBFBF" w:themeColor="text1" w:themeTint="40" w:fill="BFBFBF" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="BFBFBF" w:themeColor="text1" w:themeTint="40" w:fill="BFBFBF" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle5dunkel">
+  <w:style w:type="table" w:styleId="ListTable5Dark">
     <w:name w:val="List Table 5 Dark"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="32" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:left w:val="single" w:sz="32" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="32" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:right w:val="single" w:sz="32" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="32" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
@@ -14039,53 +13989,53 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle6farbig">
+  <w:style w:type="table" w:styleId="ListTable6Colorful">
     <w:name w:val="List Table 6 Colorful"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="text1"/>
@@ -14112,53 +14062,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="BFBFBF" w:themeColor="text1" w:themeTint="40" w:fill="BFBFBF" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="BFBFBF" w:themeColor="text1" w:themeTint="40" w:fill="BFBFBF" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle7farbig">
+  <w:style w:type="table" w:styleId="ListTable7Colorful">
     <w:name w:val="List Table 7 Colorful"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="FFFFFF" w:themeColor="light1" w:fill="FFFFFF" w:themeFill="light1"/>
       </w:tcPr>
@@ -14225,51 +14175,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="BFBFBF" w:themeColor="text1" w:themeTint="40" w:fill="BFBFBF" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="BFBFBF" w:themeColor="text1" w:themeTint="40" w:fill="BFBFBF" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Lined-Accent">
     <w:name w:val="Lined - Accent"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -14320,51 +14270,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2F2F2" w:themeColor="text1" w:themeTint="0D" w:fill="F2F2F2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2F2F2" w:themeColor="text1" w:themeTint="0D" w:fill="F2F2F2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Lined-Accent1">
     <w:name w:val="Lined - Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:fill="5D8AC2" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -14415,51 +14365,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="C7D7EA" w:themeColor="accent1" w:themeTint="50" w:fill="C7D7EA" w:themeFill="accent1" w:themeFillTint="50"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="C7D7EA" w:themeColor="accent1" w:themeTint="50" w:fill="C7D7EA" w:themeFill="accent1" w:themeFillTint="50"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Lined-Accent2">
     <w:name w:val="Lined - Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:fill="D99695" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -14510,51 +14460,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2DCDC" w:themeColor="accent2" w:themeTint="32" w:fill="F2DCDC" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2DCDC" w:themeColor="accent2" w:themeTint="32" w:fill="F2DCDC" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Lined-Accent3">
     <w:name w:val="Lined - Accent 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:fill="9ABB59" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -14605,51 +14555,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="EAF1DC" w:themeColor="accent3" w:themeTint="34" w:fill="EAF1DC" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EAF1DC" w:themeColor="accent3" w:themeTint="34" w:fill="EAF1DC" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Lined-Accent4">
     <w:name w:val="Lined - Accent 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:fill="B2A1C6" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -14700,51 +14650,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5DFEC" w:themeColor="accent4" w:themeTint="34" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5DFEC" w:themeColor="accent4" w:themeTint="34" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Lined-Accent5">
     <w:name w:val="Lined - Accent 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4BACC6" w:themeColor="accent5" w:fill="4BACC6" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -14795,51 +14745,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAEEF3" w:themeColor="accent5" w:themeTint="34" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAEEF3" w:themeColor="accent5" w:themeTint="34" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Lined-Accent6">
     <w:name w:val="Lined - Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F79646" w:themeColor="accent6" w:fill="F79646" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -14890,51 +14840,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE9D8" w:themeColor="accent6" w:themeTint="34" w:fill="FDE9D8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE9D8" w:themeColor="accent6" w:themeTint="34" w:fill="FDE9D8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="BorderedLined-Accent">
     <w:name w:val="Bordered &amp; Lined - Accent"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -14993,51 +14943,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2F2F2" w:themeColor="text1" w:themeTint="0D" w:fill="F2F2F2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2F2F2" w:themeColor="text1" w:themeTint="0D" w:fill="F2F2F2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="BorderedLined-Accent1">
     <w:name w:val="Bordered &amp; Lined - Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="2A4A71" w:themeColor="accent1" w:themeShade="95"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="2A4A71" w:themeColor="accent1" w:themeShade="95"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="2A4A71" w:themeColor="accent1" w:themeShade="95"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="2A4A71" w:themeColor="accent1" w:themeShade="95"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="2A4A71" w:themeColor="accent1" w:themeShade="95"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="2A4A71" w:themeColor="accent1" w:themeShade="95"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -15096,51 +15046,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="C7D7EA" w:themeColor="accent1" w:themeTint="50" w:fill="C7D7EA" w:themeFill="accent1" w:themeFillTint="50"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="C7D7EA" w:themeColor="accent1" w:themeTint="50" w:fill="C7D7EA" w:themeFill="accent1" w:themeFillTint="50"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="BorderedLined-Accent2">
     <w:name w:val="Bordered &amp; Lined - Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="732A29" w:themeColor="accent2" w:themeShade="95"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="732A29" w:themeColor="accent2" w:themeShade="95"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="732A29" w:themeColor="accent2" w:themeShade="95"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="732A29" w:themeColor="accent2" w:themeShade="95"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="732A29" w:themeColor="accent2" w:themeShade="95"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="732A29" w:themeColor="accent2" w:themeShade="95"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -15199,51 +15149,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2DCDC" w:themeColor="accent2" w:themeTint="32" w:fill="F2DCDC" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="F2DCDC" w:themeColor="accent2" w:themeTint="32" w:fill="F2DCDC" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="BorderedLined-Accent3">
     <w:name w:val="Bordered &amp; Lined - Accent 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="5B722E" w:themeColor="accent3" w:themeShade="95"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="5B722E" w:themeColor="accent3" w:themeShade="95"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="5B722E" w:themeColor="accent3" w:themeShade="95"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="5B722E" w:themeColor="accent3" w:themeShade="95"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="5B722E" w:themeColor="accent3" w:themeShade="95"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="5B722E" w:themeColor="accent3" w:themeShade="95"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -15302,51 +15252,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="EAF1DC" w:themeColor="accent3" w:themeTint="34" w:fill="EAF1DC" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="EAF1DC" w:themeColor="accent3" w:themeTint="34" w:fill="EAF1DC" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="BorderedLined-Accent4">
     <w:name w:val="Bordered &amp; Lined - Accent 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="4A395F" w:themeColor="accent4" w:themeShade="95"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="4A395F" w:themeColor="accent4" w:themeShade="95"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4A395F" w:themeColor="accent4" w:themeShade="95"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="4A395F" w:themeColor="accent4" w:themeShade="95"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="4A395F" w:themeColor="accent4" w:themeShade="95"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="4A395F" w:themeColor="accent4" w:themeShade="95"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -15405,51 +15355,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5DFEC" w:themeColor="accent4" w:themeTint="34" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="E5DFEC" w:themeColor="accent4" w:themeTint="34" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="BorderedLined-Accent5">
     <w:name w:val="Bordered &amp; Lined - Accent 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="266779" w:themeColor="accent5" w:themeShade="95"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="266779" w:themeColor="accent5" w:themeShade="95"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="266779" w:themeColor="accent5" w:themeShade="95"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="266779" w:themeColor="accent5" w:themeShade="95"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="266779" w:themeColor="accent5" w:themeShade="95"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="266779" w:themeColor="accent5" w:themeShade="95"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -15508,51 +15458,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAEEF3" w:themeColor="accent5" w:themeTint="34" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="DAEEF3" w:themeColor="accent5" w:themeTint="34" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="BorderedLined-Accent6">
     <w:name w:val="Bordered &amp; Lined - Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="B15407" w:themeColor="accent6" w:themeShade="95"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="B15407" w:themeColor="accent6" w:themeShade="95"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B15407" w:themeColor="accent6" w:themeShade="95"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="B15407" w:themeColor="accent6" w:themeShade="95"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B15407" w:themeColor="accent6" w:themeShade="95"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B15407" w:themeColor="accent6" w:themeShade="95"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -15611,51 +15561,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE9D8" w:themeColor="accent6" w:themeTint="34" w:fill="FDE9D8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="FDE9D8" w:themeColor="accent6" w:themeTint="34" w:fill="FDE9D8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Bordered">
     <w:name w:val="Bordered"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
@@ -15690,51 +15640,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Bordered-Accent1">
     <w:name w:val="Bordered - Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
@@ -15769,51 +15719,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Bordered-Accent2">
     <w:name w:val="Bordered - Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         </w:tcBorders>
       </w:tcPr>
@@ -15848,51 +15798,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="D99695" w:themeColor="accent2" w:themeTint="97"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Bordered-Accent3">
     <w:name w:val="Bordered - Accent 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98"/>
         </w:tcBorders>
       </w:tcPr>
@@ -15927,51 +15877,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Bordered-Accent4">
     <w:name w:val="Bordered - Accent 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
@@ -16006,51 +15956,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Bordered-Accent5">
     <w:name w:val="Bordered - Accent 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
@@ -16085,51 +16035,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Bordered-Accent6">
     <w:name w:val="Bordered - Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FAC090" w:themeColor="accent6" w:themeTint="98"/>
         </w:tcBorders>
       </w:tcPr>
@@ -16162,779 +16112,779 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="FAC090" w:themeColor="accent6" w:themeTint="98"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift1Zchn">
-[...2 lines deleted...]
-    <w:link w:val="berschrift1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift2Zchn">
-[...2 lines deleted...]
-    <w:link w:val="berschrift2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift3Zchn">
-[...2 lines deleted...]
-    <w:link w:val="berschrift3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift4Zchn">
-[...2 lines deleted...]
-    <w:link w:val="berschrift4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift5Zchn">
-[...2 lines deleted...]
-    <w:link w:val="berschrift5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift6Zchn">
-[...2 lines deleted...]
-    <w:link w:val="berschrift6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift7Zchn">
-[...2 lines deleted...]
-    <w:link w:val="berschrift7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift8Zchn">
-[...2 lines deleted...]
-    <w:link w:val="berschrift8"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift9Zchn">
-[...2 lines deleted...]
-    <w:link w:val="berschrift9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Titel">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:link w:val="TitelZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="80"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:spacing w:val="-10"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitelZchn">
-[...2 lines deleted...]
-    <w:link w:val="Titel"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Untertitel">
+  <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:link w:val="UntertitelZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UntertitelZchn">
-[...2 lines deleted...]
-    <w:link w:val="Untertitel"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rPr>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Zitat">
+  <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:link w:val="ZitatZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ZitatZchn">
-[...2 lines deleted...]
-    <w:link w:val="Zitat"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntensiveHervorhebung">
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="IntensivesZitat">
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:link w:val="IntensivesZitatZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntensivesZitatZchn">
-[...2 lines deleted...]
-    <w:link w:val="IntensivesZitat"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntensiverVerweis">
+  <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="KeinLeerraum">
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:styleId="SchwacheHervorhebung">
+  <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hervorhebung">
+  <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fett">
+  <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SchwacherVerweis">
+  <w:style w:type="character" w:styleId="SubtleReference">
     <w:name w:val="Subtle Reference"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="31"/>
     <w:qFormat/>
     <w:rPr>
       <w:smallCaps/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Buchtitel">
+  <w:style w:type="character" w:styleId="BookTitle">
     <w:name w:val="Book Title"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Beschriftung">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="1F497D" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Endnotentext">
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
     <w:name w:val="endnote text"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="EndnotentextZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="EndnotentextZchn">
-[...2 lines deleted...]
-    <w:link w:val="Endnotentext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Endnotenzeichen">
+  <w:style w:type="character" w:styleId="EndnoteReference">
     <w:name w:val="endnote reference"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BesuchterLink">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Verzeichnis1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="100"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Verzeichnis2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="220"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Verzeichnis3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Verzeichnis4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="660"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Verzeichnis5">
+  <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="880"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Verzeichnis6">
+  <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="1100"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Verzeichnis7">
+  <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="1320"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Verzeichnis8">
+  <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="1540"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Verzeichnis9">
+  <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="1760"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Inhaltsverzeichnisberschrift">
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Abbildungsverzeichnis">
+  <w:style w:type="paragraph" w:styleId="TableofFigures">
     <w:name w:val="table of figures"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textkrper">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listenabsatz">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kopfzeile">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="KopfzeileZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZchn">
-[...2 lines deleted...]
-    <w:link w:val="Kopfzeile"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Fuzeile">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="FuzeileZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
-[...2 lines deleted...]
-    <w:link w:val="Fuzeile"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-[...1 lines deleted...]
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
+    <w:name w:val="Unresolved Mention1"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Funotentext">
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="FunotentextZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FunotentextZchn">
-[...2 lines deleted...]
-    <w:link w:val="Funotentext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Funotenzeichen">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellenraster">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Kommentarzeichen">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kommentartext">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="KommentartextZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentartextZchn">
-[...2 lines deleted...]
-    <w:link w:val="Kommentartext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kommentarthema">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Kommentartext"/>
-[...1 lines deleted...]
-    <w:link w:val="KommentarthemaZchn"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
-[...2 lines deleted...]
-    <w:link w:val="Kommentarthema"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berarbeitung">
+  <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:widowControl/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sprechblasentext">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="SprechblasentextZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002871E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
-[...2 lines deleted...]
-    <w:link w:val="Sprechblasentext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002871E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kfe@unibas.ch" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tierschutz-animalwelfare@unibas.ch" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://psychologie.unibas.ch/de/forschung/governance/ethikkommission-der-fakultaet-fuer-psychologie/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/en/Research/Values-Ethics/Research-Ethics-Committee/Research-Ethics-Glossary.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:e6f1547f-82f8-435a-a508-b4c8a5007fe9/R_besonders%20risikobehaftete%20Forschung_00.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@unibas.ch" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.unibas.ch/pages/viewpage.action?pageId=357446478&amp;spaceKey=VF&amp;title=Tierschutz%2B3R&amp;showLanguage=en_GB" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biomedizin.unibas.ch/en/about-us/dbm-administration-and-services/safety/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kfe@unibas.ch" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:research-compliance@unibas.ch" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:research-compliance@unibas.ch" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kfe@unibas.ch" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/en/Research/Values-Ethics/Research-Ethics-Committee/Research-Ethics-Glossary.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://submissions.swissethics.ch/en/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kfe@unibas.ch" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/en/Research/Values-Ethics/Access-to-Genetic-Ressources-Nagoya-Protocol.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:e6f1547f-82f8-435a-a508-b4c8a5007fe9/R_besonders%20risikobehaftete%20Forschung_00.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eknz.ch/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kfe@unibas.ch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/en/Research/Values-Ethics/Research-Ethics-Committee/Research-Ethics-Glossary.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dkf.unibas.ch/en/scientific-services/regulatory-affairs/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bs.ch/gd/veterinaeramt/tierschutz/tierversuche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:research-compliance@unibas.ch" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/en/Research/Values-Ethics/Research-Ethics-Committee/Research-Ethics-Glossary.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/en/Research/Values-Ethics/Research-Ethics-Committee/Research-Ethics-Glossary.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grants@unibas.ch" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tierschutz-animalwelfare@unibas.ch" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://psychologie.unibas.ch/de/forschung/governance/ethikkommission-der-fakultaet-fuer-psychologie/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/en/Research/Values-Ethics/Research-Ethics-Committee/Research-Ethics-Glossary.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:e6f1547f-82f8-435a-a508-b4c8a5007fe9/R_besonders%20risikobehaftete%20Forschung_00.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@unibas.ch" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.unibas.ch/pages/viewpage.action?pageId=357446478&amp;spaceKey=VF&amp;title=Tierschutz%2B3R&amp;showLanguage=en_GB" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biomedizin.unibas.ch/en/about-us/dbm-administration-and-services/safety/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kfe@unibas.ch" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:research-compliance@unibas.ch" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:research-compliance@unibas.ch" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kfe@unibas.ch" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/en/Research/Values-Ethics/Research-Ethics-Committee/Research-Ethics-Glossary.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://submissions.swissethics.ch/en/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kfe@unibas.ch" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/en/Research/Values-Ethics/Access-to-Genetic-Ressources-Nagoya-Protocol.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/dam/jcr:e6f1547f-82f8-435a-a508-b4c8a5007fe9/R_besonders%20risikobehaftete%20Forschung_00.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eknz.ch/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kfe@unibas.ch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/en/Research/Values-Ethics/Research-Ethics-Committee/Research-Ethics-Glossary.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dkf.unibas.ch/en/scientific-services/regulatory-affairs/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bs.ch/gd/veterinaeramt/tierschutz/tierversuche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:research-compliance@unibas.ch" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/en/Research/Values-Ethics/Research-Ethics-Committee/Research-Ethics-Glossary.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unibas.ch/en/Research/Values-Ethics/Research-Ethics-Committee/Research-Ethics-Glossary.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grants@unibas.ch" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kfe@unibas.ch" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -17125,85 +17075,85 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DFF7273A-5AB1-457E-8855-DF5BC5C87FF7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1293</Words>
-  <Characters>7271</Characters>
+  <Words>1158</Words>
+  <Characters>7298</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>8</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>56</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>60</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8508</CharactersWithSpaces>
+  <CharactersWithSpaces>8440</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Isabelle</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>